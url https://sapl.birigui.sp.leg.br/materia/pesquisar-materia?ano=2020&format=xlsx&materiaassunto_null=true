--- v0 (2025-10-02)
+++ v1 (2026-03-16)
@@ -54,5433 +54,5433 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>29188</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>DJC</t>
   </si>
   <si>
     <t>Discussão e Julgamento das Contas do Exercício</t>
   </si>
   <si>
     <t>Cidadão</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29188/1349-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29188/1349-2020.pdf</t>
   </si>
   <si>
     <t>DISCUSSÃO E JULGAMENTO DAS CONTAS MUNICIPAIS - EXERCÍCIO DE 2017 - PROCESSO TC 00006825.989.16-3</t>
   </si>
   <si>
     <t>28375</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>José Luis Buchalla (Zé Luis Buchalla)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28375/54-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28375/54-2020.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 1 AO PL 1/2020</t>
   </si>
   <si>
     <t>28606</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t xml:space="preserve">Andrey Fernando Servelatti (Andrey da Unicred) </t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28606/442-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28606/442-2020.pdf</t>
   </si>
   <si>
     <t>EMENDA AO PLC 3/2020</t>
   </si>
   <si>
     <t>28895</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Fabiano Amadeu de Carvalho (Pô Birigui)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28895/863-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28895/863-2020.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 2 AO PL Nº 1/2020</t>
   </si>
   <si>
     <t>28996</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Cesar Pantarotto Junior (Cesinha)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28996/1001-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28996/1001-2020.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 1 AO PL 78/2020</t>
   </si>
   <si>
     <t>29113</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Valdemir Frederico (Vadão da Farmácia)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29113/1149-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29113/1149-2020.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 1 AO SUBSTITUTIVO AO PL 176/2020</t>
   </si>
   <si>
     <t>29328</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29328/1558-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29328/1558-2020.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 1 AO PL 129/2020</t>
   </si>
   <si>
     <t>29329</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29329/1559-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29329/1559-2020.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 1 AO PL 130/2020</t>
   </si>
   <si>
     <t>28383</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28383/70-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28383/70-2020.pdf</t>
   </si>
   <si>
     <t>REPINTURA DA SINALIZAÇÃO HORIZONTAL, ESPECIALMENTE FAIXAS DE PEDESTRE E FAIXAS DE ESTACIONAMENTO NA EXTENSÃO DA RUA SETE DE DEZEMBRO</t>
   </si>
   <si>
     <t>28401</t>
   </si>
   <si>
     <t>Clovis Batista do Nascimento (Batista)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28401/96-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28401/96-2020.pdf</t>
   </si>
   <si>
     <t>PODA DE UMA ÁRVORE QUE ESTÁ ATRAPALHANDO O FLUXO DE VEÍCULO NA RUA ANTONIO JOSÉ DOS SANTOS, DEFRONTE A CEI "PROFª APARECIDA CLAURIA BEARARI BENASSE".</t>
   </si>
   <si>
     <t>28402</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28402/97-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28402/97-2020.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE (LOMBADA) E FAIXA PARA TRAVESSIAS PEDESTRES NA AVENIDA PROFA. GERACINA DE MENEZES SANCHES COM A RUA DONA AUGUSTA SANCHES - JARDIM VALE DO SOL</t>
   </si>
   <si>
     <t>28403</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28403/98-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28403/98-2020.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE (LOMBADA) E DE UMA FAIXA PARA TRAVESSIA PEDESTRES NA AVENIDA JOSÉ RAVAGNANI COM A RUA ANTÔNIO FABRÍCIO BAIRRO IVONE ALVES PALMA</t>
   </si>
   <si>
     <t>28404</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28404/99-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28404/99-2020.pdf</t>
   </si>
   <si>
     <t>MUDANÇA DE MÃO DE DIREÇÃO NA RUA HELENA RUIC PARA MÃO ÚNICA EM TODA A SUA EXTENSÃO</t>
   </si>
   <si>
     <t>28405</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28405/100-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28405/100-2020.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTORES DE VELOCIDADE (LOMBADA)  NA RUA PEDRO CAVALO, NO PORTAL DA PÉROLA 2.</t>
   </si>
   <si>
     <t>28406</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28406/101-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28406/101-2020.pdf</t>
   </si>
   <si>
     <t>REPAROS NAS CANALETAS NO CRUZAMENTO DA RUA MARCELINO SILVA COM A RUA ADELINO CATARIN, NO BAIRRO COLINAS</t>
   </si>
   <si>
     <t>28422</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Benedito Dafé Gonçalves Filho (Dafé)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28422/146-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28422/146-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA URGENTE NA RUA PEDRO CAVALO, AO LADO DO Nº 235, NO BAIRRO PORTAL DA PÉROLA 2.</t>
   </si>
   <si>
     <t>28423</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28423/147-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28423/147-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA URGENTE EM TERRENO LOCALIZADO NA RUA FORTUNATO CARETA, AO LADO DO Nº 109, BAIRRO ATHENAS.</t>
   </si>
   <si>
     <t>28424</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28424/148-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28424/148-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIA NA ESTRADA RURAL NO BAIRRO TAQUARI, SENTIDO A CIDADE DE BILAC.</t>
   </si>
   <si>
     <t>28425</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28425/149-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28425/149-2020.pdf</t>
   </si>
   <si>
     <t>NECESSIDADE DE LIMPEZA DO TERRENO, SITO A RUA JOÃO FERNANDES MARQUES, AO LADO DO NÚMERO 1184, JARDIM FLAMENGO.</t>
   </si>
   <si>
     <t>28426</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Carla Cristina Bianchi (Carla Protetora)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28426/150-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28426/150-2020.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE LIMPEZA NO LOCAL DO MATADOURO DESATIVADO DA PREFEITURA NO BAIRRO RURAL CÓRREGO DO ALMOÇO.</t>
   </si>
   <si>
     <t>28427</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28427/151-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28427/151-2020.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE LIMPEZA, REFORMA, TAPAGEM DE BURACO, E RECAPEAMENTO EM TRECHO DA RUA VALÉRIO ANHÊ RIBALTA, CONTINUAÇÃO DA RUA ROTÍLIO DE SOUZA, NO BAIRRO PORTAL DA PÉROLA.</t>
   </si>
   <si>
     <t>28451</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Reginaldo Fernando Pereira (Pastor Reginaldo)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28451/179-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28451/179-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIA ASFÁLTICA, ATRAVÉS DE RECAPEAMENTO, NA RUA BASÍLIO TRONCOSO, NO TOSELAR.</t>
   </si>
   <si>
     <t>28452</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28452/180-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28452/180-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA ILUMINAÇÃO PÚBLICA E TAMBÉM NO TRÂNSITO DE PEDESTRES NA RUA ANTÔNIO SELESTINO PEREIRA,</t>
   </si>
   <si>
     <t>28453</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28453/181-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28453/181-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE ÁREA VERDE LOCALIZADO NO BAIRRO PEDRO MARIN BERBEL, NA RUA IDA ZIN PALUDETO.</t>
   </si>
   <si>
     <t>28454</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28454/182-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28454/182-2020.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA CONTINUAÇÃO DA AVENIDA JOSÉ AGOSTINHO ROSSI (ANTIGA ESTRADA NOS), TRECHO QUE COMPETE AO RESIDENCIAL VILLAGE DAMHA.</t>
   </si>
   <si>
     <t>28455</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28455/184-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28455/184-2020.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE AO LONGO DA RUA ADOLFO AMÉRICO ROSSI, NO JARDIM MANUELA.</t>
   </si>
   <si>
     <t>28456</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28456/185-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28456/185-2020.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA RUA JOSÉ CANDIDO NETO (ANTIGA RUA 20), LOCALIZADA NO BAIRRO QUEMIL.</t>
   </si>
   <si>
     <t>28457</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28457/186-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28457/186-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIA ASFÁLTICA, ATRAVÉS DE RECAPEAMENTO, DA AVENIDA THOMAS LOPES FERNANDES (ANTIGA AV. JOAQUIM CICILIATI).</t>
   </si>
   <si>
     <t>28458</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28458/187-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28458/187-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIA ASFÁLTICA, ATRAVÉS DE RECAPEAMENTO, DA AVENIDA SILVIO GUARNIERI EM TRECHO QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>28459</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28459/188-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28459/188-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIA ASFÁLTICA, ATRAVÉS DE RECAPEAMENTO, AO LONGO DA RUA MANOEL LINO FILHO, NO BAIRRO TOSELAR, ASSIM COMO A CONSTRUÇÃO DE SARJETÕES DE CONCRETO.</t>
   </si>
   <si>
     <t>28460</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28460/189-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28460/189-2020.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA FRANCISCO PERES MARQUES, NO BAIRRO JARDIM SÃO BRAZ, TRECHO ENTRE A RUA GUARANI E A AVENIDA JOÃO CERNACH.</t>
   </si>
   <si>
     <t>28461</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28461/190-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28461/190-2020.pdf</t>
   </si>
   <si>
     <t>NOTIFICAÇÃO DE PROPRIETÁRIO E LIMPEZA DE TERRENO LOCALIZADO NA RUA DAVID HUNOVICHT, PRÓXIMO AO NÚMERO 810, NO BAIRRO QUINTA DA MATA.</t>
   </si>
   <si>
     <t>28462</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28462/191-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28462/191-2020.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA DA RUA FRANCISCO VALERA, NO BAIRRO MONTE LÍBANO.</t>
   </si>
   <si>
     <t>28463</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28463/192-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28463/192-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIAS ASFÁLTICA NO BAIRRO ALTO, MAIS PRECISAMENTE NA RUA RIBEIRO DE BARROS.</t>
   </si>
   <si>
     <t>28464</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28464/193-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28464/193-2020.pdf</t>
   </si>
   <si>
     <t>REALIZAR LIMPEZA DA PRAÇA DO BAIRRO RESIDENCIAL MOIMÁS.</t>
   </si>
   <si>
     <t>28465</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28465/194-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28465/194-2020.pdf</t>
   </si>
   <si>
     <t>REFORÇO NA RONDA POLICIAL NA PRAÇA DO BAIRRO MOIMÁS.</t>
   </si>
   <si>
     <t>28466</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28466/196-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28466/196-2020.pdf</t>
   </si>
   <si>
     <t>REALIZAR ILUMINAÇÃO PÚBLICA NA RUA BGI-050, ÚNICA VIA DE ACESSO AO BAIRRO RESIDENCIAL JEQUITIBÁ.</t>
   </si>
   <si>
     <t>28467</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28467/197-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28467/197-2020.pdf</t>
   </si>
   <si>
     <t>VISTORIA E NOTIFICAÇÃO DOS PROPRIETÁRIOS DE TERRENOS LOCALIZADOS NO BAIRRO RESIDENCIAL MOIMAS.</t>
   </si>
   <si>
     <t>28468</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28468/198-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28468/198-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA NAS GUIAS DE SARJETA DA RUA RIBEIRO DE BARROS, Nº 1268, LOCALIZADA NO CRUZAMENTO COM A RUA ANCHIETA, NO BAIRRO ALTO.</t>
   </si>
   <si>
     <t>28469</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28469/199-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28469/199-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIAS ASFÁLTICA NA AVENIDA AFIF JOSÉ ABDO, NO CRUZAMENTO COM A RUA ADRIANO SIMÕES RAINHO, NO BAIRRO PORTAL DA PÉROLA II.</t>
   </si>
   <si>
     <t>28470</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28470/200-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28470/200-2020.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE SOLO NO CRUZAMENTO DA RUA DR. CARLOS CARVALHO ROSA COM A AVENIDA VITÓRIA RÉGIA, NO BAIRRO JARDIM SÃO BRAZ.</t>
   </si>
   <si>
     <t>28471</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28471/201-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28471/201-2020.pdf</t>
   </si>
   <si>
     <t>NOTIFICAÇÃO E RECOLHIMENTO DE VEÍCULO ABANDONADO HÁ MAIS DE 6 ANOS, NA RUA VICENTE LOPES TETILA.</t>
   </si>
   <si>
     <t>28472</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28472/202-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28472/202-2020.pdf</t>
   </si>
   <si>
     <t>NOTIFICAÇÃO E RECOLHIMENTO DE VEÍCULO ABANDONADO NA RUA ANTÔNIO RUIC, PRÓXIMO AO NÚMERO 710, NO BAIRRO TOSELAR.</t>
   </si>
   <si>
     <t>28473</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28473/203-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28473/203-2020.pdf</t>
   </si>
   <si>
     <t>NOTIFICAR PROPRIETÁRIO E PROVIDENCIA LIMPEZA DE TERRENO LOCALIZADO NA RUA JOAQUIM FERRAZ DE ALMEIDA, PRÓXIMO AO NÚMERO 390, NO BAIRRO PORTAL DA PÉROLA I.</t>
   </si>
   <si>
     <t>28476</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28476/235-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28476/235-2020.pdf</t>
   </si>
   <si>
     <t>ACADEMIA AO AR LIVRE NOS BAIRROS PORTAL DA PÉROLA I E II</t>
   </si>
   <si>
     <t>28477</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Eduardo Fonseca de Luca (Eduardo Dentista)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28477/236-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28477/236-2020.pdf</t>
   </si>
   <si>
     <t>POSTO DA GUARDA MUNICIPAL NO BAIRRO PORTAL DA PÉROLA</t>
   </si>
   <si>
     <t>28526</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28526/304-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28526/304-2020.pdf</t>
   </si>
   <si>
     <t>TAPA BURACO URGENTE NA RUA JOSÉ BONIFÁCIO, NÚMERO 45.</t>
   </si>
   <si>
     <t>28527</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28527/305-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28527/305-2020.pdf</t>
   </si>
   <si>
     <t>TAPA BURACO URGENTE NA RUA SÃO JOSÉ, CENTRO, ALTURA DO NÚMERO 857.</t>
   </si>
   <si>
     <t>28528</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28528/306-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28528/306-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO EM CALÇADA DA RUA VICENTE LOPES TETILA, ESQUINA COM A RUA VITÓRIO MERANCA.</t>
   </si>
   <si>
     <t>28561</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28561/350-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28561/350-2020.pdf</t>
   </si>
   <si>
     <t>TAPAGEM DE BURACOS NO CRUZAMENTO DA RUA SANTA CECÍLIA COM RUA PALMARES, NO BAIRRO SANTO ANTONIO</t>
   </si>
   <si>
     <t>28579</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28579/390-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28579/390-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE HORTA COMUNITÁRIA NO BAIRRO BIRIGUI I A PEDIDO DOS MUNÍCIPES</t>
   </si>
   <si>
     <t>28583</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28583/394-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28583/394-2020.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE SEMÁFORO NO CRUZAMENTO DA RUA NOVE DE JULHO COM A RUA JOÃO GALO</t>
   </si>
   <si>
     <t>28595</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28595/431-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28595/431-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE SISTEMA ELETRÔNICO DE ACOMPANHAMENTO DA LISTA DE ESPERA POR VAGAS NAS ESCOLAS MUNICIPAIS ATRAVÉS DO SITE DA PREFEITURA</t>
   </si>
   <si>
     <t>28596</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28596/432-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28596/432-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO DE SISTEMA DE ACOMPANHAMENTO DA LISTA DE ESPERA POR CIRURGIAS E EXAMES NA REDE PÚBLICA DE SAÚDE ATRAVÉS DO SITE DA PREFEITURA</t>
   </si>
   <si>
     <t>28597</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28597/433-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28597/433-2020.pdf</t>
   </si>
   <si>
     <t>LIBERAÇÃO, NO SISTEMA DE ZONA AZUL, DE UM TEMPO DE TOLERÂNCIA DE 10 MIN ENTORNO DA PRAÇA DR. GAMA.</t>
   </si>
   <si>
     <t>28598</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28598/434-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28598/434-2020.pdf</t>
   </si>
   <si>
     <t>INSTALAR PLACA DE PROIBIDO ESTACIONAR AO REDOR DA PRAÇA DO BAIRRO MOIMAZ</t>
   </si>
   <si>
     <t>28599</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28599/435-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28599/435-2020.pdf</t>
   </si>
   <si>
     <t>REALIZAR CONSERTO DE BURACO FEITO DEVIDO INFILTRAÇÃO OU VAZAMENTO NA RUA NOVE DE JULHO</t>
   </si>
   <si>
     <t>28600</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28600/436-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28600/436-2020.pdf</t>
   </si>
   <si>
     <t>FECHAR BURACO LOCALIZADO NO CRUZAMENTO DA RUA BELMONT COM TRAVESSA S/ NOME, AO LADO DO CENTRO MÉDICO DE BIRIGUI</t>
   </si>
   <si>
     <t>28601</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28601/437-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28601/437-2020.pdf</t>
   </si>
   <si>
     <t>FECHAR BURACO LOCALIZADO NA AVENIDA CIDADE JARDIM NO BAIRRO SÃO BRAZ</t>
   </si>
   <si>
     <t>28602</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28602/438-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28602/438-2020.pdf</t>
   </si>
   <si>
     <t>FECHAR BURACO LOCALIZADO NA RUA BAHIA COM AVENIDA CIDADE JARDIM NO BAIRRO JARDIM SÃO BRAZ</t>
   </si>
   <si>
     <t>28623</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28623/466-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28623/466-2020.pdf</t>
   </si>
   <si>
     <t>TAPAGEM DE BURACO  NA CONFLUÊNCIA DA RUA ANHANGUERA COM A RUA GONÇALO IBANHEZ, NO JARDIM MORUMBI</t>
   </si>
   <si>
     <t>28624</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28624/467-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28624/467-2020.pdf</t>
   </si>
   <si>
     <t>FAIXA DE PEDESTRES NA AV. VITÓRIA RÉGIA COM OCTACÍLIO DE CAMARGO FÁVERO</t>
   </si>
   <si>
     <t>28625</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28625/468-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28625/468-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR MURETA DE PROTEÇÃO NO VIADUTO CÂNDIDO SABIONI, NA EXTENSÃO DA AV. EUCLIDES MIRAGAIA COM A RODOVIA MARECHAL RONDON</t>
   </si>
   <si>
     <t>28664</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28664/536-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28664/536-2020.pdf</t>
   </si>
   <si>
     <t>TROCA DE LÂMPADAS QUEIMADAS NA RUA ROBERTO CLARK, NO TRECHO COMPREENDIDO ENTRE AS RUAS RUI BARBOSA E CARLOS GOMES</t>
   </si>
   <si>
     <t>28665</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28665/537-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28665/537-2020.pdf</t>
   </si>
   <si>
     <t>SARJETÃO DE CONCRETO NO CRUZAMENTO DAS RUAS TENENTE CORONEL JAYR FOREST COM SÃO SALVADOR, NO JARDIM NOSSA SENHORA DE FÁTIMA</t>
   </si>
   <si>
     <t>28666</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28666/538-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28666/538-2020.pdf</t>
   </si>
   <si>
     <t>SARJETÃO DE CONCRETO NO CRUZAMENTO DAS RUAS TENENTE CORONEL JAYR FOREST COM SÃO FRANCISCO DE ASSIS, NO JARDIM NOSSA SENHORA DE FÁTIMA</t>
   </si>
   <si>
     <t>28667</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28667/539-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28667/539-2020.pdf</t>
   </si>
   <si>
     <t>SARJETÃO DE CONCRETO NO CRUZAMENTO DAS RUAS TENENTE CORONEL JAYR FOREST COM AMERICANA, NO JARDIM NOSSA SENHORA DE FÁTIMA</t>
   </si>
   <si>
     <t>28668</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28668/540-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28668/540-2020.pdf</t>
   </si>
   <si>
     <t>28669</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28669/541-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28669/541-2020.pdf</t>
   </si>
   <si>
     <t>REPARO EM PAVIMENTAÇÃO ASFÁLTICA NA RUA JOSÉ MANOEL MONTORO, PRÓXIMO AO CRUZAMENTO COM A RUA PRIMO FERRASA</t>
   </si>
   <si>
     <t>28721</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28721/615-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28721/615-2020.pdf</t>
   </si>
   <si>
     <t>SENSIBILIZAÇÃO DA PREFEITURA MUNICIPAL DE BIRIGUI PARA COM A POPULAÇÃO EM MEIO A UMA PANDEMIA DEVIDO AO COVID19.</t>
   </si>
   <si>
     <t>28808</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Benedito Dafé Gonçalves Filho (Dafé), Felipe Barone Brito (Felipe Barone)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28808/728-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28808/728-2020.pdf</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL SUSPENDER POR 90 DIAS A COBRANÇA DE ISS</t>
   </si>
   <si>
     <t>28809</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28809/729-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28809/729-2020.pdf</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL SUSPENDER POR 90 DIAS A COBRANÇA DE IPTU</t>
   </si>
   <si>
     <t>28820</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28820/762-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28820/762-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E DEDETIZAÇÃO URGENTE DO PRÉDIO ONDE ABRIGADA O 1º DISTRITO POLICIAL DA POLÍCIA CIVIL DE BIRIGUI, NA RUA BENTO DA CRUZ</t>
   </si>
   <si>
     <t>28821</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28821/763-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28821/763-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DO TERRENO AO LADO DO NÚMERO 41, NA RUA LUIZ CAVARESI, JANDAIA 3</t>
   </si>
   <si>
     <t>28822</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28822/764-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28822/764-2020.pdf</t>
   </si>
   <si>
     <t>DISTRIBUIÇÃO DE MÁSCARAS EM HOSPITAIS PÚBLICOS E UNIDADES BÁSICAS E SAÚDE (UBS)</t>
   </si>
   <si>
     <t>28823</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28823/765-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28823/765-2020.pdf</t>
   </si>
   <si>
     <t>DISTRIBUIÇÃO DE MÁSCARAS PARA MOTORISTAS (SERVIDOR PÚBLICO) QUE FAZEM TRANSPORTE EM BIRIGUI</t>
   </si>
   <si>
     <t>28824</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28824/766-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28824/766-2020.pdf</t>
   </si>
   <si>
     <t>ALTERAR A DIREÇÃO DA RUA ELIAS ANTONIO, TORNANDO-A MÃO ÚNICA.</t>
   </si>
   <si>
     <t>28825</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28825/767-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28825/767-2020.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO NA RUA JOÃO CORADAZZI, EM TRECHO QUE ESPECIFICA, NO COSTA RICA</t>
   </si>
   <si>
     <t>28826</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28826/768-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28826/768-2020.pdf</t>
   </si>
   <si>
     <t>TAPAR BURACO NA RUA JOÃO CORADAZZI, EM TRECHO QUE ESPECIFICA, NO COSTA RICA</t>
   </si>
   <si>
     <t>28827</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28827/769-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28827/769-2020.pdf</t>
   </si>
   <si>
     <t>TAPAR BURACO NA RUA APARECIDA DE LOURDES RAMIREZ, EM FRENTE AO Nº 888, NO BAIRRO RESIDENCIAL MOIMAZ</t>
   </si>
   <si>
     <t>28828</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28828/770-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28828/770-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA INTERNA NO CÓRREGO BIRIGUIZINHO</t>
   </si>
   <si>
     <t>28829</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28829/771-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28829/771-2020.pdf</t>
   </si>
   <si>
     <t>MUDANÇAS NA DIREÇÃO DO TRÂNSITO DA RUA PADRE GERALDO GOSELING, NO BAIRRO NOSSA SENHORA DE FÁTIMA</t>
   </si>
   <si>
     <t>28830</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28830/772-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28830/772-2020.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO URGENTE DA RUA BANDEIRANTES, EM TRECHO QUE ESPECIFICA, NO CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>28831</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28831/773-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28831/773-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIA NA ILUMINAÇÃO NA RUA JOSÉ ROMERA, EM FRENTE AO CENTRO DO IDOSO</t>
   </si>
   <si>
     <t>28832</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28832/774-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28832/774-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA ESTRADA QUE DÁ CONTINUAÇÃO A RUA JOÃO JORGE, NO BAIRRO RESIDENCIAL MANUELA</t>
   </si>
   <si>
     <t>28833</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28833/775-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28833/775-2020.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE LOCAIS DE ENTREGA VOLUNTÁRIA DE RECICLÁVEIS</t>
   </si>
   <si>
     <t>28834</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28834/776-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28834/776-2020.pdf</t>
   </si>
   <si>
     <t>FECHAR BURACO LOCALIZADO NA RUA DR. CARLOS CARVALHO ROSA NO BAIRRO JARDIM SÃO BRAZ</t>
   </si>
   <si>
     <t>28835</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28835/777-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28835/777-2020.pdf</t>
   </si>
   <si>
     <t>TAPAR BURACOS NA RUA MARIA JOSEFA ALMENDRO ALVES, NO BAIRRO JARDIM PARAÍSO</t>
   </si>
   <si>
     <t>28842</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28842/784-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28842/784-2020.pdf</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE LABORATÓRIO, PARA PRESTAÇÃO DE SERVIÇOS, EXCLUSIVO PARA EXAMES DE CONFIRMAÇÃO DO COVID-19</t>
   </si>
   <si>
     <t>28843</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28843/785-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28843/785-2020.pdf</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE ABERTURA DO COMÉRCIO GRADATIVAMENTE</t>
   </si>
   <si>
     <t>28844</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28844/786-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28844/786-2020.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DO PLANO MUNICIPAL DE AUXÍLIO A PESSOAS CARENTES</t>
   </si>
   <si>
     <t>28864</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28864/824-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28864/824-2020.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE PLACAS INDICATIVAS COM O NOME DA RUA NÉRCIO MANJAPANI, NO BAIRRO BOSQUE DA SAÚDE II.</t>
   </si>
   <si>
     <t>28873</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28873/834-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28873/834-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SENHOR RUBENS DONÁ.</t>
   </si>
   <si>
     <t>28874</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28874/836-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28874/836-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE REDUTOR DE VELOCIDADE (LOMBADA) NA RUA FRANCISCO TIBÉRIO, NAS PROXIMIDADES DO N° 1037, NO RESIDENCIAL ATENAS.</t>
   </si>
   <si>
     <t>28877</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28877/845-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28877/845-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM TERRENO NA RUA JOSÉ A. RODRIGUES GONÇALVES Nº 175, JANDAIA 3.</t>
   </si>
   <si>
     <t>28878</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28878/846-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28878/846-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM TERRENO EM TERRENO NO CRUZAMENTO DA RUA AUREA DE CAMPOS GONÇALVES COM A RUA JOÃO BATISTA PUERTAS SANCHES.</t>
   </si>
   <si>
     <t>28879</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28879/847-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28879/847-2020.pdf</t>
   </si>
   <si>
     <t>MAIOR FISCALIZAÇÃO E NOTIFICAR PARA QUE SEJAM LIMPOS OS TERRENOS COM MATO ALTO NO BAIRRO PORTAL DA PÉROLA II.</t>
   </si>
   <si>
     <t>28880</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28880/848-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28880/848-2020.pdf</t>
   </si>
   <si>
     <t>MAIOR FISCALIZAÇÃO E NOTIFICAR PARA QUE SEJAM LIMPOS OS TERRENOS COM MATO ALTO NA RUA ADEMIR BRAGA DE SOUZA, SANTANA</t>
   </si>
   <si>
     <t>28881</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28881/849-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28881/849-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR NOVAMENTE O PROGRAMA "CIDADE LIMPA" EM BIRIGUI</t>
   </si>
   <si>
     <t>28882</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28882/850-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28882/850-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA EM CALÇADA AO REDOR DA ESCOLA EM PROFA. TERESINHA BOMBONATI.</t>
   </si>
   <si>
     <t>28883</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28883/851-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28883/851-2020.pdf</t>
   </si>
   <si>
     <t>NOTIFICAR EMPRESA RESPONSÁVEL PELA CONSTRUÇÃO DOS IMÓVEIS DO RESIDENCIAL JEQUITIBÁ, PARA QUE SEJA FEITO A LIMPEZA AO REDOR DOS IMÓVEIS AINDA NÃO ENTREGUES NO RESIDENCIAL</t>
   </si>
   <si>
     <t>28884</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28884/852-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28884/852-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM TERRENO NA RUA ELOI MOIMAZ, AO LADO DO NÚMERO 458, TERRENO DE ESQUINA, BAIRRO RESIDENCIAL MOIMAZ.</t>
   </si>
   <si>
     <t>28885</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28885/853-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28885/853-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM TERRENO NA RUA GUARANI, AL LADO DO NÚMERO 2016</t>
   </si>
   <si>
     <t>28886</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28886/854-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28886/854-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM TERRENO AO LADO DO VIVEIRO MUNICIPAL NO BAIRRO IPÊ</t>
   </si>
   <si>
     <t>28887</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28887/855-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28887/855-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM TERRENO NA RUA LEONORA FIOROTTO, AO LADO DO IMÓVEL 88, EM FRENTE AO PRÉDIO DA BRINK CALÇADOS.</t>
   </si>
   <si>
     <t>28903</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28903/872-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28903/872-2020.pdf</t>
   </si>
   <si>
     <t>REALIZAR MANUTENÇÃO NO SEMÁFORO PARA PEDESTRES NA RUA TUPI, EM FRENTE AO CONDOMÍNIO PARQUE BOSQUES DOS GIRASSÓIS.</t>
   </si>
   <si>
     <t>28905</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28905/874-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28905/874-2020.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NO SEMÁFORO PARA PEDESTRES DA RUA MARIO DE SOUZA CAMPOS, EM FRENTE AO MUFFATO.</t>
   </si>
   <si>
     <t>28906</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28906/875-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28906/875-2020.pdf</t>
   </si>
   <si>
     <t>NOTIFICAÇÃO DO PROPRIETÁRIO E LIMPEZA DO TERRENO LOCALIZADO NA RUA GROELÂNDIA, AO LADO DO Nº 684, NO BAIRRO VILA XAVIER.</t>
   </si>
   <si>
     <t>28907</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28907/876-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28907/876-2020.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO NA REDE ELÉTRICA DA AVENIDA VITÓRIA RÉGIA, NO TRECHO ENTRE A RUA DOS CRAVOS E A AVENIDA JOÃO CERNACH, NO CIDADE JARDIM.</t>
   </si>
   <si>
     <t>28908</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28908/877-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28908/877-2020.pdf</t>
   </si>
   <si>
     <t>REGULAMENTAÇÃO DO ESTACIONAMENTO NO CANTEIRO CENTRAL DA AVENIDA VITÓRIA RÉGIA, ENTRE A AVENIDA JOÃO CERNACH E A RUA JOAQUIM CICILIATTI.</t>
   </si>
   <si>
     <t>28916</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>Felipe Barone Brito (Felipe Barone)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28916/885-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28916/885-2020.pdf</t>
   </si>
   <si>
     <t>CONSERTO DO TOMÓGRAFO DO PRONTO SOCORRO MUNICIPAL.</t>
   </si>
   <si>
     <t>28933</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28933/903-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28933/903-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE FISCALIZAÇÃO DO CUMPRIMENTO DO ISOLAMENTO SOCIAL NA PRAÇA DO POVO</t>
   </si>
   <si>
     <t>28934</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28934/904-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28934/904-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE REDUTORES DE VELOCIDADE, NOS TRECHOS AV. CIDADE JARDIM E AV. JOSÉ RAVAGNANI</t>
   </si>
   <si>
     <t>28935</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28935/905-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28935/905-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA, LIMPEZA E TAPAGEM DE BURACO E RECAPEAMENTO DE TRECHO DA RUA AUGUSTO ZIM, PARQUE DAS PAINEIRAS, EM FRENTE A MAÇONARIA</t>
   </si>
   <si>
     <t>28936</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28936/906-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28936/906-2020.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE MURO AOS FUNDOS DO CEMITÉRIO DA CONSOLAÇÃO</t>
   </si>
   <si>
     <t>28938</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28938/908-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28938/908-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E ROÇAGEM DE MATO ALTO DENTRO DO CÓRREGO BIRIGUIZINHO</t>
   </si>
   <si>
     <t>28939</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28939/909-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28939/909-2020.pdf</t>
   </si>
   <si>
     <t>REPARO EM ESTRUTURA DO CÓRREGO BIRIGUIZINHO, NO TRECHO PRÓXIMO À RUA EGÍDIO NAVARRO</t>
   </si>
   <si>
     <t>28940</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28940/910-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28940/910-2020.pdf</t>
   </si>
   <si>
     <t>MELHORAR SINALIZAÇÃO NA AVENIDA JOÃO CERNACH, NO CRUZAMENTO COM A RUA SÃO BENEDITO</t>
   </si>
   <si>
     <t>28941</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28941/911-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28941/911-2020.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA NA RUA ARISTIDE BROLO, LOCALIZADA NO BAIRRO JARDIM PRIMAVERA</t>
   </si>
   <si>
     <t>28942</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28942/912-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28942/912-2020.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE LINK NO SITE OFICIAL DA PREFEITURA MUNICIPAL PARA DIVULGAÇÃO DE RELATÓRIO CONSTANDO TODAS AS COMPRAS REALIZADAS SEM LICITAÇÃO PARA O COMBATE A PANDEMIA DO COVID-19</t>
   </si>
   <si>
     <t>28960</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28960/939-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28960/939-2020.pdf</t>
   </si>
   <si>
     <t>ESTUDAR ALGUMA MANEIRA DE MELHORAR A SEGURANÇA NO TRÂNSITO NO ENCONTRO DA AVENIDA BOM JESUS COM A AVENIDA DAS ROSAS.</t>
   </si>
   <si>
     <t>28961</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28961/940-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28961/940-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM TERRENO NA RUA LORIVAL PINCERATO, AO LADO DO Nº 257.</t>
   </si>
   <si>
     <t>28978</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28978/981-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28978/981-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA PAVIMENTAÇÃO ASFÁLTICA E ESCOAMENTO DE ÁGUA NO CRUZAMENTO DA RUA LUIZA MARIA DE JESUS COM A RUA ANÍSIO GOMES, SÃO JOSÉ.</t>
   </si>
   <si>
     <t>28979</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28979/982-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28979/982-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA PAVIMENTAÇÃO ASFÁLTICA E ESCOAMENTO DE ÁGUA NA RUA JOÃO FACTUR, EM FRENTE AO Nº 635, ART VILLE.</t>
   </si>
   <si>
     <t>28980</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28980/983-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28980/983-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM TERRENO NA ESQUINA DA RUA PARÁ COM A RUA TIRADENTES.</t>
   </si>
   <si>
     <t>28981</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28981/984-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28981/984-2020.pdf</t>
   </si>
   <si>
     <t>ACRÉSCIMO DE LEITE EM PÓ E CHOCOLATE EM PÓ NOS KITS DE MERENDA ENTREGUES AOS ALUNOS DA REDE MUNICIPAL DE ENSINO DA PREFEITURA DE BIRIGUI.</t>
   </si>
   <si>
     <t>28982</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28982/985-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28982/985-2020.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO EM PONTOS ESTRATÉGICOS NO MUNICÍPIO DE BIRIGUI.</t>
   </si>
   <si>
     <t>28983</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28983/986-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28983/986-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA PAVIMENTAÇÃO ASFÁLTICA NA RUA DEMOSTENES GUANAIS PEREIRA, EM FRENTE AO Nº 1046, SÃO BRAZ.</t>
   </si>
   <si>
     <t>28986</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28986/989-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28986/989-2020.pdf</t>
   </si>
   <si>
     <t>ASFALTAMENTO URGENTE NO BAIRRO QUEMIL, NO FINAL DA AV. VITÓRIA RÉGIA.</t>
   </si>
   <si>
     <t>28993</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28993/996-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28993/996-2020.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NO BAIRRO RURAL DUAS BARRAS.</t>
   </si>
   <si>
     <t>29031</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>Odair José Aparecido Piacente (Odair da Monza)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29031/1038-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29031/1038-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIA NA PAVIMENTAÇÃO ASFÁLTICA NO CRUZAMENTO DAS RUAS ERNESTO TEIXEIRA E MARIA LAURETO AGOSTINHO, NO BAIRRO QUEMIL.</t>
   </si>
   <si>
     <t>29032</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29032/1039-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29032/1039-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA NOS BRINQUEDOS DA PRAÇA DE RECREAÇÃO DO CONJUNTO HABITACIONAL VEREADOR NATAL MAZUCATO (CANDEIAS)</t>
   </si>
   <si>
     <t>29033</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29033/1040-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29033/1040-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA EM ÁREA/TERRENO NA RUA SALVADOR TONETTI GIAMPIETRO</t>
   </si>
   <si>
     <t>29034</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29034/1041-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29034/1041-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA EM TERRENO NA RUA ADOLPHO AMÉRICO ROSSI CRUZAMENTO COM A RUA ILIDYO MOMESSO</t>
   </si>
   <si>
     <t>29035</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29035/1042-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29035/1042-2020.pdf</t>
   </si>
   <si>
     <t>RESOLVER O PROBLEMA DE ÁGUA PARADA NA RUA FRANCISCO TIBÉRIO, QUARTEIRÃO ENTRE AS RUAS FORTUNATO CARETTA E RUA JOÃO TRIGO, NO ATENAS.</t>
   </si>
   <si>
     <t>29036</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29036/1043-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29036/1043-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM TERRENO LOCALIZADO NO CRUZAMENTO DA RUA EUZÉBIO DA SILVA NUNES COM A RUA BEATRIZ LOPES STÁBILE, NO ATENAS</t>
   </si>
   <si>
     <t>29037</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29037/1044-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29037/1044-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM ÁREA VERDE NO COLINAS, AO LADO DA UBS DO BAIRRO.</t>
   </si>
   <si>
     <t>29038</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29038/1045-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29038/1045-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIAS DA ILUMINAÇÃO PÚBLICA DA PISTA DE CAMINHADA DO BAIRRO ISABEL MARIN (AO LADO DA LINHA DE TREM)</t>
   </si>
   <si>
     <t>29039</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29039/1046-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29039/1046-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA E REVITALIZAÇÃO DA PRAÇA DA COHAB 3.</t>
   </si>
   <si>
     <t>29040</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29040/1047-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29040/1047-2020.pdf</t>
   </si>
   <si>
     <t>VISTORIA DA CCVZ EM IMÓVEL DESOCUPADO NA RUA JOSÉ MELONI, NÚMERO 368, PARQUE DAS NAÇÕES</t>
   </si>
   <si>
     <t>29066</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29066/1082-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29066/1082-2020.pdf</t>
   </si>
   <si>
     <t>ENQUADRAMENTO DA COBRANÇA DA ZONA AZUL DENTRO DO NOVO HORÁRIO DO COMÉRCIO DEVIDO À COVID-19</t>
   </si>
   <si>
     <t>29067</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29067/1083-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29067/1083-2020.pdf</t>
   </si>
   <si>
     <t>ADEQUAÇÃO DOS HORÁRIOS DE ATENDIMENTOS DOS BANCOS (FINANCEIRAS) E DO COMÉRCIO EM GERAL DEVIDO À COVID-19</t>
   </si>
   <si>
     <t>29068</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29068/1084-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29068/1084-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA NO LOCAL DO ANTIGO PRÉDIO DA APAC</t>
   </si>
   <si>
     <t>29069</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29069/1085-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29069/1085-2020.pdf</t>
   </si>
   <si>
     <t>SUSPENSÃO DA COBRANÇA DA ZONA AZUL DURANTE O PERÍODO DE QUARENTENA OU DURANTE O PERÍODO DE PANDEMIA DO CORONAVÍRUS</t>
   </si>
   <si>
     <t>29070</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29070/1086-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29070/1086-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM TERRENOS DA PREFEITURA MUNICIPAL DE BIRIGUI NO CONJUNTO HABITACIONAL VEREADOR NATAL MAZUCATO (CANDEIAS)</t>
   </si>
   <si>
     <t>29071</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29071/1087-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29071/1087-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA E REVITALIZAÇÃO DAS PRAÇAS DE NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>29072</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29072/1088-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29072/1088-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA E REVITALIZAÇÃO DA PRAÇA DO VALE DO SOL.</t>
   </si>
   <si>
     <t>29073</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29073/1089-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29073/1089-2020.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA EM TRECHO NÃO PAVIMENTADO DA RUA FRANCISCO VALERA</t>
   </si>
   <si>
     <t>29074</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29074/1090-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29074/1090-2020.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE ACADEMIA AO AR LIVRE NO CONJUNTO HABITACIONAL VEREADOR NATAL MAZUCATO (CANDEIAS)</t>
   </si>
   <si>
     <t>29082</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29082/1105-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29082/1105-2020.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DE CALÇAMENTO AO REDOR DO CAMPO DO FLAMENGO, JARDIM FLAMENGO.</t>
   </si>
   <si>
     <t>29111</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29111/1146-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29111/1146-2020.pdf</t>
   </si>
   <si>
     <t>MELHORIAS NA PAVIMENTAÇÃO ASFÁLTICA NA RUA GERALDO MÁXIMO DA CRUZ, PRÓXIMO AO Nº 30 E Nº 40.</t>
   </si>
   <si>
     <t>29112</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29112/1147-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29112/1147-2020.pdf</t>
   </si>
   <si>
     <t>NOTIFICAR PARA QUE SEJA FEITO A LIMPEZA E O CORTE DE MATO ALTO EM TERRENO NA RIBEIRO DE BARROS, AO LADO DO Nº 351.</t>
   </si>
   <si>
     <t>29114</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29114/1151-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29114/1151-2020.pdf</t>
   </si>
   <si>
     <t>Instalação de redutores de velocidade na Rua Natal Masson, em trecho que especifica</t>
   </si>
   <si>
     <t>29116</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29116/1173-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29116/1173-2020.pdf</t>
   </si>
   <si>
     <t>COM ANTEPROJETO DE LEI COMPLEMENTAR - DISPÕE SOBRE O PARCELAMENTO DE SOLO EM BIRIGUI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>29117</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29117/1174-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29117/1174-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E CORTE DE MATO ALTO EM TERRENO NA RUA AMBRÓSIO XAVIER DE FARIAS, AO LADO DO Nº 725, RESIDENCIAL ART VILLE.</t>
   </si>
   <si>
     <t>29118</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29118/1175-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29118/1175-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA EM ÁREA VERDE NA RUA JOÃO TRIGO, RESIDENCIAL ATENAS.</t>
   </si>
   <si>
     <t>29119</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29119/1176-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29119/1176-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA E MELHORIAS NO ESCOAMENTO DE ÁGUA NO CRUZAMENTO DA RUA GROELÂNDIA COM A RUA SANTA TEREZINHA.</t>
   </si>
   <si>
     <t>29125</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29125/1191-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29125/1191-2020.pdf</t>
   </si>
   <si>
     <t>VERIFICAR A POSSIBILIDADE JUNTO COM A SECRETÁRIA DE SAÚDE E EQUIPE MÉDICA, DE LIBERAR O TRATAMENTO COM HIDROXICLOROQUINA, AZITROMICINA, SULFATO DE ZINCO E IVERMECTINA, APÓS INDICAÇÃO MÉDICA, E LIBERAÇÃO NO SUS DOS MEDICAMENTOS CITADOS.</t>
   </si>
   <si>
     <t>29134</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29134/1275-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29134/1275-2020.pdf</t>
   </si>
   <si>
     <t>DISTRIBUIR GRATUITAMENTE O MEDICAMENTO IVERMECTINA PARA A POPULAÇÃO CARENTE NA PREVENÇÃO E COMBATE À COVID 19.</t>
   </si>
   <si>
     <t>29135</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29135/1276-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29135/1276-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA EM ÁREA VERDE NA RUA EUGÊNIO BERTOLUCI, NOVO PARQUE SÃO VICENTE.</t>
   </si>
   <si>
     <t>29136</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29136/1277-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29136/1277-2020.pdf</t>
   </si>
   <si>
     <t>MELHORAR SINALIZAÇÃO DE TRÂNSITO E IMPLANTAR REDUTOR DE VELOCIDADE NA RUA MANOEL SEGUNDO CELICE, JARDIM DO TREVO, PRÓXIMO AO Nº 315.</t>
   </si>
   <si>
     <t>29137</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29137/1278-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29137/1278-2020.pdf</t>
   </si>
   <si>
     <t>NOTIFICAR TERRENO NO CRUZAMENTO DA RUA JOÃO BATISTA PUERTAS SANCHES COM A RUA PROFESSORA AUREA DE CAMPOS GONÇALVES PARA QUE FAÇA A LIMPEZA DO MESMO E CORTE O MATO ALTO.</t>
   </si>
   <si>
     <t>29138</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29138/1280-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29138/1280-2020.pdf</t>
   </si>
   <si>
     <t>COLOCAR PLACA DE DENOMINAÇÃO NA RUA APARECIDA DE LURDES PINCERATTO ALVES, MONTE LÍBANO II.</t>
   </si>
   <si>
     <t>29139</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29139/1281-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29139/1281-2020.pdf</t>
   </si>
   <si>
     <t>REALIZAR LIMPEZA EM ÁREA VERDE LOCALIZADA NA RUA VALÉRIO ANHÊ RIBALTA, PORTAL DA PÉROLA 2.</t>
   </si>
   <si>
     <t>29140</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29140/1282-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29140/1282-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR REDUTOR DE VELOCIDADE (LOMBADAS) NA RUA FREI ANSELMO MARCONDES, PRÓXIMO AO Nº 879.</t>
   </si>
   <si>
     <t>29144</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29144/1294-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29144/1294-2020.pdf</t>
   </si>
   <si>
     <t>FORNECER AOS PACIENTES EM ISOLAMENTO POR COVID-19, ROUPAS ADEQUADAS PARA PROTEÇÃO (AVENTAL CIRÚRGICO).</t>
   </si>
   <si>
     <t>29145</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29145/1295-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29145/1295-2020.pdf</t>
   </si>
   <si>
     <t>NOTIFICAR PROPRIETÁRIO DE TERRENO LOCALIZADO NA RUA WANDERLEI MARTINS VINHOTI, AO LADO DO Nº 508.</t>
   </si>
   <si>
     <t>29146</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29146/1297-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29146/1297-2020.pdf</t>
   </si>
   <si>
     <t>ROÇAGEM DE MATO EM ÁREA VERDE DA AVENIDA GERACINA MENEZES SANCHES, EM FRENTE AO NÚMERO 393, VALE DO SOL</t>
   </si>
   <si>
     <t>29147</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29147/1298-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29147/1298-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA EM ÁREA VERDE NA RUA JAIRO FERREIRA CAMARGO, BAIRRO AEROPARK</t>
   </si>
   <si>
     <t>29148</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29148/1299-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29148/1299-2020.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIR PLACA DE "PERMITIDO CARGA E DESCARGA" NA RUA SAUDADES, EM FRENTE AO NÚMERO 1367 POR UMA NOVA</t>
   </si>
   <si>
     <t>29149</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29149/1300-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29149/1300-2020.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA AVENIDA EUCLIDES MIRAGAIA, EM FRENTE AO NÚMERO 1903 VILA ANGÉLICA</t>
   </si>
   <si>
     <t>29150</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29150/1301-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29150/1301-2020.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA ESTRADA MUNICIPAL FRANCISCO CONTEL, EM FRENTE AO NÚMERO 450, BAIRRO ACAPULCO</t>
   </si>
   <si>
     <t>29151</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29151/1302-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29151/1302-2020.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA AVENIDA ANTONIO DA SILVA NUNES, EM FRENTE AO NÚMERO 655, RECANTO DOS PÁSSAROS</t>
   </si>
   <si>
     <t>29152</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29152/1303-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29152/1303-2020.pdf</t>
   </si>
   <si>
     <t>CANALETÃO NA RUA ANÍSIO GOMES COM A RUA LUIZA MARIA DE JESUS, BAIRRO SÃO JOSÉ</t>
   </si>
   <si>
     <t>29153</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29153/1304-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29153/1304-2020.pdf</t>
   </si>
   <si>
     <t>CANALETÃO NA RUA JOÃO GALO COM A RUA OLAVO BILAC</t>
   </si>
   <si>
     <t>29155</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29155/1306-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29155/1306-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO EM BIRIGUI DE UMA UNIDADE DE APOIO À DISTRIBUIÇÃO DE ALIMENTOS DA AGRICULTURA FAMILIAR (AO PREFEITO MUNICIPAL)</t>
   </si>
   <si>
     <t>29156</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29156/1307-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29156/1307-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO EM BIRIGUI DE UMA UNIDADE DE APOIO À DISTRIBUIÇÃO DE ALIMENTOS DA AGRICULTURA FAMILIAR (DEPUTADO ESTADUAL ROQUE BARBIERI)</t>
   </si>
   <si>
     <t>29157</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29157/1308-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29157/1308-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAÇÃO EM BIRIGUI DE UMA UNIDADE DE APOIO À DISTRIBUIÇÃO DE ALIMENTOS DA AGRICULTURA FAMILIAR (DEPUTADO FEDERAL ALEX MANENTE)</t>
   </si>
   <si>
     <t>29158</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>José Roberto Merino Garcia (Paquinha)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29158/1309-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29158/1309-2020.pdf</t>
   </si>
   <si>
     <t>ESTUDO PARA COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA JOSÉ SANCHES GARCIA, PRÓXIMO AO NÚMERO 500, BAIRRO RECANTO DOS PÁSSAROS</t>
   </si>
   <si>
     <t>29161</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29161/1314-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29161/1314-2020.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DA CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM TRANSTORNO DO ESPECTRO AUTISTA (CIPTEA).</t>
   </si>
   <si>
     <t>29169</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29169/1325-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29169/1325-2020.pdf</t>
   </si>
   <si>
     <t>REDUÇÃO DE VALOR DE MENSALIDADE DA FATEB (FACULDADE DE CIÊNCIAS E TECNOLOGIA DE BIRIGUI) DURANTE A PANDEMIA DO CORONAVÍRUS</t>
   </si>
   <si>
     <t>29185</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29185/1346-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29185/1346-2020.pdf</t>
   </si>
   <si>
     <t>Reparos na ponte da Estrada BGI 367, sentido bairro Taquari, que está afundando</t>
   </si>
   <si>
     <t>29194</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29194/1358-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29194/1358-2020.pdf</t>
   </si>
   <si>
     <t>DISTRIBUIR MÁSCARAS GRATUITAMENTE PARA COLETORES DE RECICLÁVEIS NO MUNICÍPIO DE BIRIGUI</t>
   </si>
   <si>
     <t>29195</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29195/1359-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29195/1359-2020.pdf</t>
   </si>
   <si>
     <t>DISTRIBUIÇÃO GRATUITA DE MÁSCARAS INFANTIS PARA CRIANÇAS JUNTO COM O KIT MERENDA</t>
   </si>
   <si>
     <t>29211</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29211/1376-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29211/1376-2020.pdf</t>
   </si>
   <si>
     <t>FAZER ESTUDO DE TRÂNSITO E IMPLANTAR REDUTOR DE VELOCIDADE (LOMBADAS) NOS LOCAIS NECESSÁRIOS DA RUA GUINÉ TUNES.</t>
   </si>
   <si>
     <t>29212</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29212/1377-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29212/1377-2020.pdf</t>
   </si>
   <si>
     <t>FAZER ESTUDO DE TRÂNSITO E IMPLANTAR REDUTOR DE VELOCIDADE (LOMBADAS) NA RUA BASÍLIO BAFFI, PRÓXIMO AO CENTRO COMUNITÁRIO DE EDUCAÇÃO INFANTIL DR. ONOFRE ASSUNÇÃO DOS SANTOS</t>
   </si>
   <si>
     <t>29223</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29223/1391-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29223/1391-2020.pdf</t>
   </si>
   <si>
     <t>ASFALTAR A RUA LEANDRA T. MACHADO, NO COSTA RICA, APÓS NÚMERO 94.</t>
   </si>
   <si>
     <t>29225</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29225/1393-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29225/1393-2020.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NA RUA PEDRO VENDRAME AO LADO DO NÚMERO 1235, EM FRENTE A ÁREA VERDE, NO BAIRRO AEROPARK</t>
   </si>
   <si>
     <t>29226</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29226/1394-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29226/1394-2020.pdf</t>
   </si>
   <si>
     <t>SUSPENSÃO DO RETORNO DAS AULAS PRESENCIAIS EM BIRIGUI</t>
   </si>
   <si>
     <t>29227</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29227/1395-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29227/1395-2020.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE FAIXA DE PEDESTRES ELEVADA NA RUA JOSÉ RODRIGUES NERI, VILA IZABEL MARIN</t>
   </si>
   <si>
     <t>29229</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>Leandro Moreira - (Leandro - Lê)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29229/1397-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29229/1397-2020.pdf</t>
   </si>
   <si>
     <t>REFORMA DA ESTÁTUA DO CRISTO, LOCALIZADA NA AVENIDA DAS ROSAS.</t>
   </si>
   <si>
     <t>29230</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29230/1398-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29230/1398-2020.pdf</t>
   </si>
   <si>
     <t>LOMBADA NA AVENIDA AFIF JOSÉ ABDO, DEFRONTE AO NÚMERO 1.036, BAIRRO PORTAL DA PÉROLA II.</t>
   </si>
   <si>
     <t>29240</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29240/1409-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29240/1409-2020.pdf</t>
   </si>
   <si>
     <t>LIBERAR MÃO DUPLA NA RUA AZUL, BAIRRO TOSELAR.</t>
   </si>
   <si>
     <t>29245</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29245/1415-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29245/1415-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO DEPARTAMENTO DE TRÂNSITO DO MUNICÍPIO DE BIRIGUI, ESTUDO PARA A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA SIQUEIRA CAMPOS, PRÓXIMO AO NÚMERO 1750, BAIRRO JARDIM STÁBILE.</t>
   </si>
   <si>
     <t>29264</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29264/1444-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29264/1444-2020.pdf</t>
   </si>
   <si>
     <t>COLOCAR ILUMINAÇÃO EM POSTE JÁ EXISTENTE NA RUA OCTACÍLIO DE CAMARGO FÁVERO EM FRENTE AO NÚMERO 1343, AO LADO DO NUMERO 1454, JARDIM SÃO BRAZ - COHAB 3</t>
   </si>
   <si>
     <t>29265</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29265/1445-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29265/1445-2020.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA JOSÉ PALUDETTO EM FRENTE AO NÚMERO 556, BAIRRO SIMÕES</t>
   </si>
   <si>
     <t>29266</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29266/1449-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29266/1449-2020.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO EM ÁREA VERDE NA RUA JAIRO FERREIRA CAMARGO, BAIRRO AEROPARK, ALÉM DE CALÇAMENTO NO ENTORNO DA MESMA</t>
   </si>
   <si>
     <t>29267</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29267/1450-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29267/1450-2020.pdf</t>
   </si>
   <si>
     <t>COLOCAR BRAÇOS DE LUZ EM POSTE DA RUA OCTACÍLIO CAMARGO FÁVERO NÚMEROS 1034 E 1084, NO ALTO DO SILVARES</t>
   </si>
   <si>
     <t>29268</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29268/1451-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29268/1451-2020.pdf</t>
   </si>
   <si>
     <t>REPARO NA FIAÇÃO DA RUA PEDRO VENDRAME, ESQUINA COM A RUA JOSÉ ROMERA, NO BAIRRO AEROPARK</t>
   </si>
   <si>
     <t>29269</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29269/1452-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29269/1452-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA EM BURACOS DO LEITO CARROÇÁVEL E TAMBÉM PASSAR MASSA ASFÁLTICA NA RUA NELSON FURTADO DE MENDONÇA, EM FRENTE AO NÚMERO 319, BAIRRO JANDAIA 2.</t>
   </si>
   <si>
     <t>29270</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29270/1455-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29270/1455-2020.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NA AVENIDA CIDADE JARDIM, EM FRENTE AO NÚMERO 2530 E 2972, NO ALTO DO SILVARES.</t>
   </si>
   <si>
     <t>29271</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29271/1454-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29271/1454-2020.pdf</t>
   </si>
   <si>
     <t>ASFALTO NA AVENIDA NATAL MASSON, APÓS O NÚMERO 3583, RESIDENCIAL MOIMÁS.</t>
   </si>
   <si>
     <t>29272</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29272/1453-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29272/1453-2020.pdf</t>
   </si>
   <si>
     <t>ASFALTO NA AVENIDA CIDADE JARDIM, DO NÚMERO 4389 AO 4473, BAIRRO QUEMIL.</t>
   </si>
   <si>
     <t>29282</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29282/1474-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29282/1474-2020.pdf</t>
   </si>
   <si>
     <t>ESTUDO PARA A COLOCAÇÃO DE REDUTOR DE VELOCIDADE NA RUA DR. LUIZ DE TOLEDO PIZZA SOBRINHO, PRÓXIMO AO NÚMERO 333, BAIRRO TOSELAR</t>
   </si>
   <si>
     <t>29289</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29289/1505-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29289/1505-2020.pdf</t>
   </si>
   <si>
     <t>NOTIFICAÇÃO DO PROPRIETÁRIO DE IMÓVEL LOCALIZADO NA RUA RIBEIRO DE BARROS.</t>
   </si>
   <si>
     <t>29306</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29306/1529-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29306/1529-2020.pdf</t>
   </si>
   <si>
     <t>NOTIFICAÇÃO AO PROPRIETÁRIO PARA REALIZAR A DEMOLIÇÃO TOTAL E POSTERIOR LIMPEZA DO IMÓVEL LOCALIZADO À RUA RIBEIRO DE BARROS, AO LADO DO Nº 377.</t>
   </si>
   <si>
     <t>29307</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29307/1530-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29307/1530-2020.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI QUE CRIA PROGRAMA "POMAR NA CIDADE" ATRAVÉS DO PLANTIO DE ÁRVORES FRUTÍFERAS NAS ÁREAS VERDES DO MUNICÍPIO</t>
   </si>
   <si>
     <t>29308</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29308/1531-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29308/1531-2020.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO NA RUA JOÃO CORADAZZI, ENTRE A RUA BAHIA E A RUA DR. CARLOS CARVALHO ROSA</t>
   </si>
   <si>
     <t>29310</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29310/1538-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29310/1538-2020.pdf</t>
   </si>
   <si>
     <t>ASFALTO EM TRECHO DA AVENIDA JOSÉ AGOSTINHO ROSSI, LOCALIZADO APÓS O CONDOMÍNIO DAMHA, ENCONTRANDO COM A RUA SHIGUERO SAKAI.</t>
   </si>
   <si>
     <t>29311</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29311/1539-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29311/1539-2020.pdf</t>
   </si>
   <si>
     <t>COLOCAR CANALETÃO NA RUA JOSÉ VENDRAME, ANTIGO RUA 2, ESQUINA COM A RUA GENÉSIO BRAZ, PARALELA À RUA SHIGUERO SAKAI, NO BIRIGUI I.</t>
   </si>
   <si>
     <t>29312</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29312/1540-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29312/1540-2020.pdf</t>
   </si>
   <si>
     <t>COLOCAR REDUTOR DE VELOCIDADE NA AVENIDA SILVIO GUARNIERI EM FRENTE AO NÚMERO 326, NO JANDAIA PARQUE</t>
   </si>
   <si>
     <t>29340</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29340/1578-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29340/1578-2020.pdf</t>
   </si>
   <si>
     <t>RESERVAR ÁREA COMO LOCAL DESTINADO E APROPRIADO À PRÁTICA E A SOLTURA DE EMPINAMENTO DE PIPAS E PAPAGAIOS AO AR LIVRE SEM A UTILIZAÇÃO E O EMPREGO DE LINHAS CORTANTES</t>
   </si>
   <si>
     <t>29341</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29341/1579-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29341/1579-2020.pdf</t>
   </si>
   <si>
     <t>COLOCAÇÃO DE LIXEIRAS AO LONGO DA PISTA DE CAMINHADA LOCALIZADA NA RUA JOSÉ RODRIGUES NERI, NA VILA IZABEL MARIN</t>
   </si>
   <si>
     <t>29342</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29342/1580-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29342/1580-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO NA RUA ALBERTO GIARETA, ESQUINA COM RUA MARIA DE CARLI VENDRAME, BAIRRO PEDRO MARIN BERBEL.</t>
   </si>
   <si>
     <t>29343</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29343/1581-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29343/1581-2020.pdf</t>
   </si>
   <si>
     <t>CALÇAMENTO NA RUA ERALINA F. DO NASCIMENTO, NO BAIRRO PEDRO MARIN BERBEL.</t>
   </si>
   <si>
     <t>29344</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29344/1582-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29344/1582-2020.pdf</t>
   </si>
   <si>
     <t>SINALIZAÇÃO DE SOLO NA RUA JAIR FERREIRA CAMARGO EM FRENTE AO NÚMERO 347 NO AEROPARK</t>
   </si>
   <si>
     <t>29345</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29345/1583-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29345/1583-2020.pdf</t>
   </si>
   <si>
     <t>LOMBADA NA RUA JOSÉ ROMERA EM FRENTE AO NÚMERO 1883, NO AEROPARK</t>
   </si>
   <si>
     <t>29355</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29355/1601-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29355/1601-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR ATRAVÉS DE LEI, PROGRAMA DE CAPACITAÇÃO SOBRE O TRANSTORNO DO ESPECTROAUTISTA (TEA) PARA PROFESSORES DAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE BIRIGUI.</t>
   </si>
   <si>
     <t>29373</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29373/1635-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29373/1635-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA MAURO FIORIN, PRÓXIMO AO NÚMERO 110, BAIRRO CANDEIAS</t>
   </si>
   <si>
     <t>29394</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29394/1662-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29394/1662-2020.pdf</t>
   </si>
   <si>
     <t>LOMBADA NA RUA JAIR FERREIRA CAMARGO, EM FRENTE AO NÚMERO 474 NO AEROPARK</t>
   </si>
   <si>
     <t>29395</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29395/1663-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29395/1663-2020.pdf</t>
   </si>
   <si>
     <t>LOMBADA E PINTURA DE FAIXA DE PEDESTRE NA RUA GUANABARA, EM FRENTE AO NÚMERO 235 NA VILA GUANABARA</t>
   </si>
   <si>
     <t>29396</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29396/1664-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29396/1664-2020.pdf</t>
   </si>
   <si>
     <t>LOMBADA (REDUTOR DE VELOCIDADE) EM FRENTE AO NÚMERO 512</t>
   </si>
   <si>
     <t>29397</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29397/1665-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29397/1665-2020.pdf</t>
   </si>
   <si>
     <t>ASFALTO NA AVENIDA TOMAZ L. FERNANDES, APÓS O NÚMERO 1440, BAIRRO QUEMIL.</t>
   </si>
   <si>
     <t>29398</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29398/1666-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29398/1666-2020.pdf</t>
   </si>
   <si>
     <t>POSSIBILIDADE DE ANÁLISE DE ASFALTAR A RUA FRANCISCO GALEGO, BAIRRO PATRIMÔNIO SANTO ANTONIO.</t>
   </si>
   <si>
     <t>29399</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29399/1667-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29399/1667-2020.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE EM FRENTE AO NÚMERO 196 DA RUA AMBRÓSIO FRIGÉRIO, PATRIMÔNIO SANTO ANTONIO.</t>
   </si>
   <si>
     <t>29400</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29400/1668-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29400/1668-2020.pdf</t>
   </si>
   <si>
     <t>COLOCAR REDUTOR DE VELOCIDADE NA RUA PROFESSOR ODUVALDO DOSSE, EM FRENTE AO NÚMERO 290, BAIRRO QUEMIL.</t>
   </si>
   <si>
     <t>29401</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29401/1669-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29401/1669-2020.pdf</t>
   </si>
   <si>
     <t>ILUMINAÇÃO NA RUA PROFESSOR ODUVALDO DOSSI, EM FRENTE AO NÚMERO 514, BAIRRO QUEMIL.</t>
   </si>
   <si>
     <t>29403</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29403/1671-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29403/1671-2020.pdf</t>
   </si>
   <si>
     <t>REDUTOR DE VELOCIDADE NA RUA JOSÉ GOMES, JARDIM DO TREVO, EM FRENTE AO NÚMERO 120.</t>
   </si>
   <si>
     <t>29404</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29404/1672-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29404/1672-2020.pdf</t>
   </si>
   <si>
     <t>REDUTORES DE VELOCIDADE NA RUA PROFESSOR ODUVALDO DOSSE, NO BAIRRO QUEMIL, DEFRONTE AO NÚMERO 320.</t>
   </si>
   <si>
     <t>29410</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29410/1687-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29410/1687-2020.pdf</t>
   </si>
   <si>
     <t>ESTUDOS TÉCNICOS PARA IMPLANTAÇÃO DE SEMÁFORO NA CONFLUÊNCIA DA RUA AZUL COM RUA LUIZ MARONI, NO BAIRRO TOSELAR.</t>
   </si>
   <si>
     <t>29423</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29423/1713-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29423/1713-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA AVENIDA 9 DE JULHO, PRÓXIMO AO NÚMERO 2100 E 2300</t>
   </si>
   <si>
     <t>29427</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29427/1723-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29427/1723-2020.pdf</t>
   </si>
   <si>
     <t>SARJETÃO NA RUA DAS PALMEIRAS, ESQUINA COM A AVENIDA VITÓRIA RÉGIA, NA CIDADE JARDIM.</t>
   </si>
   <si>
     <t>29432</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29432/1728-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29432/1728-2020.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE REDUTOR DE VELOCIDADE NA RUA TAMOIO.</t>
   </si>
   <si>
     <t>29433</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29433/1729-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29433/1729-2020.pdf</t>
   </si>
   <si>
     <t>RECAPEAMENTO NA RUA DR. CARLOS CARVALHO ROSA.</t>
   </si>
   <si>
     <t>29434</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29434/1730-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29434/1730-2020.pdf</t>
   </si>
   <si>
     <t>MUDANÇA DE DIREÇÃO DA RUA TAMOIO.</t>
   </si>
   <si>
     <t>29448</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29448/1746-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29448/1746-2020.pdf</t>
   </si>
   <si>
     <t>FAIXA DE PEDESTRES NA AVENIDA VITÓRIA RÉGIA, NÚMERO 2192.</t>
   </si>
   <si>
     <t>29457</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29457/1758-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29457/1758-2020.pdf</t>
   </si>
   <si>
     <t>ESCORAMENTO EM BARRANCO NA NOB, VIA FÉRREA QUE PASSA PELA CIDADE, E MELHORIA DA RUA JOÃO DONATO CHICHINELO, VILA ANGÉLICA.</t>
   </si>
   <si>
     <t>29458</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29458/1759-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29458/1759-2020.pdf</t>
   </si>
   <si>
     <t>LOMBADA NA RUA JOSÉ PEDI, ALTURA DO NÚMERO 525, NO ALTO COLINAS.</t>
   </si>
   <si>
     <t>29459</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29459/1762-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29459/1762-2020.pdf</t>
   </si>
   <si>
     <t>REPAROS NA ESTRUTURA DA PASSARELA LOCALIZADA NA AVENIDA JOÃO CERNACH, NAS PROXIMIDADES DO NÚMERO 2.421.</t>
   </si>
   <si>
     <t>29469</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29469/1787-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29469/1787-2020.pdf</t>
   </si>
   <si>
     <t>AVALIAÇÃO E POSSÍVEL REFORMA DO TELHADO DO ALMOXARIFADO CENTRAL.</t>
   </si>
   <si>
     <t>29475</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29475/1811-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29475/1811-2020.pdf</t>
   </si>
   <si>
     <t>LOMBADA NA RUA FRANCISCO CONTEL, ALTURA DO NÚMERO 950.</t>
   </si>
   <si>
     <t>29491</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29491/1838-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29491/1838-2020.pdf</t>
   </si>
   <si>
     <t>IMPLANTAR REDUTOR DE VELOCIDADE (LOMBADA) NA RUA JOÃO RODRIGUES TORTOSA, TRECHO ENTRE A AVENIDA PROFESSORA GERACINA MENEZES SANCHES E A RUA WALDEMAR GUIDOTE, VALE DO SOL.</t>
   </si>
   <si>
     <t>28524</t>
   </si>
   <si>
     <t>MSGAD</t>
   </si>
   <si>
     <t>Mensagem Aditiva</t>
   </si>
   <si>
     <t>Executivo</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28524/296-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28524/296-2020.pdf</t>
   </si>
   <si>
     <t>OF. 66/2020 - MENSAGEM ADITIVA AO PL 168/2019</t>
   </si>
   <si>
     <t>28567</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28567/356-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28567/356-2020.pdf</t>
   </si>
   <si>
     <t>OF. 76/2020 - MENSAGEM ADITIVA AO PROJETO DE LEI COMPLEMENTAR Nº 3/2020</t>
   </si>
   <si>
     <t>28568</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28568/357-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28568/357-2020.pdf</t>
   </si>
   <si>
     <t>OF. 77/2020 - MENSAGEM ADITIVA AO PL Nº 168/2019</t>
   </si>
   <si>
     <t>28574</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28574/369-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28574/369-2020.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ADITIVA AO PLC 3/2020</t>
   </si>
   <si>
     <t>28585</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28585/400-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28585/400-2020.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ADITIVA AO PL 168/2019</t>
   </si>
   <si>
     <t>28660</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28660/526-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28660/526-2020.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ADITIVA AO PL 35/2020</t>
   </si>
   <si>
     <t>28736</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28736/mensagem_aditiva_ao_plc_8-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28736/mensagem_aditiva_ao_plc_8-2020.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ADITIVA AO PLC 8/2020</t>
   </si>
   <si>
     <t>28802</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28802/oficio_214-2020_-_mensagem_aditiva_projeto_59-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28802/oficio_214-2020_-_mensagem_aditiva_projeto_59-2020.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ADITIVA AO PL 59/2020</t>
   </si>
   <si>
     <t>28999</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28999/1004-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28999/1004-2020.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ADITIVA AO PL 80/2020</t>
   </si>
   <si>
     <t>29131</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29131/1267-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29131/1267-2020.pdf</t>
   </si>
   <si>
     <t>OF. 380/2020 - MENSAGEM ADITIVA AO PL Nº 97/2020</t>
   </si>
   <si>
     <t>29476</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29476/1812-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29476/1812-2020.pdf</t>
   </si>
   <si>
     <t>ENCAMINHA MENSAGEM ADITIVA AO PROJETO DE LEI Nº 148/2020</t>
   </si>
   <si>
     <t>29478</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29478/1816-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29478/1816-2020.pdf</t>
   </si>
   <si>
     <t>MENSAGEM ADITIVA 2 AO PROJETO DE LEI Nº 148/2020.</t>
   </si>
   <si>
     <t>28354</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28354/17-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28354/17-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO PROFESSOR FERNANDO ODIN DE ARRUDA.</t>
   </si>
   <si>
     <t>28359</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28359/25-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28359/25-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SENHOR JOAQUIM RODRIGUES DA SILVA.</t>
   </si>
   <si>
     <t>28360</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28360/26-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28360/26-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DA SENHORA PAULETE MARIA FARINA.</t>
   </si>
   <si>
     <t>28361</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28361/27-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28361/27-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SENHOR ELIZEU POZENA.</t>
   </si>
   <si>
     <t>28362</t>
   </si>
   <si>
     <t>Todos Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28362/31-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28362/31-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. MARCOS GALDEANO.</t>
   </si>
   <si>
     <t>28363</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28363/32-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28363/32-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. EDUARDO DE SOUZA (DUCA).</t>
   </si>
   <si>
     <t>28366</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28366/38-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28366/38-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SENHOR CARLOS ALBERTO FRANCHI.</t>
   </si>
   <si>
     <t>28474</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28474/233-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28474/233-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SERVIDOR PÚBLICO MUNICIPAL MARCO ANTONIO SANCHEZ (MARQUINHO DO CCVZ)</t>
   </si>
   <si>
     <t>28475</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28475/234-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28475/234-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O CENTRO ESPÍRITA AMOR E CARIDADE POR TER COMPLETADO 80 ANOS DE ATIVIDADES</t>
   </si>
   <si>
     <t>28580</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28580/391-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28580/391-2020.pdf</t>
   </si>
   <si>
     <t>APOIO À PEC - PROPOSTA DE EMENDA CONSTITUCIONAL DE NÚMERO 15 QUE TRAMITA NA ASSEMBLÉIA LEGISLATIVA A RESPEITO DE PMs E POLICIAIS CIVIS INJUSTAMENTE EXONERADOS</t>
   </si>
   <si>
     <t>28582</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28582/393-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28582/393-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. ANTONIO WILSON SOMENZARI</t>
   </si>
   <si>
     <t>28617</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28617/457-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28617/457-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO EX-VEREADOR E PREFEITO BIRIGUIENSE</t>
   </si>
   <si>
     <t>28620</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28620/463-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28620/463-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. MURILO PESSOA TERRARO</t>
   </si>
   <si>
     <t>28621</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28621/464-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28621/464-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. EDEMIR ANTONIO CAPUANO</t>
   </si>
   <si>
     <t>28622</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28622/465-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28622/465-2020.pdf</t>
   </si>
   <si>
     <t>APLAUSO A EQUIPE DE POLICIAIS MILITARES QUE PRENDERAM AUTOR DE ROUBO DE VEÍCULO</t>
   </si>
   <si>
     <t>28637</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28637/499-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28637/499-2020.pdf</t>
   </si>
   <si>
     <t>REPÚDIO AO OCORRIDO NA ASSEMBLÉIA LEGISLATIVA A RESPEITO DE OFENDAS DO DEPUTADO DOUGLAS GARCIA CONTRA A DEPUTADA MÁRCIA LIA E CONTRA AS MULHERES EM GERAL</t>
   </si>
   <si>
     <t>28841</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/</t>
+    <t>http://sapl.birigui.sp.leg.br/media/</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO FREI LÁZARO NICOLAU DA SILVA, O FREI NICOLAU</t>
   </si>
   <si>
     <t>28970</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28970/968-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28970/968-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO SESI-SP PELA PRODUÇÃO DE 230 MIL REFEIÇÕES POR DIA PARA SEREM DISTRIBUÍDAS A PESSOAS CARENTES EM TODO O ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>28974</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28974/977-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28974/977-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DA SENHORA LEONOR BERGAMASCO MARCOLINO.</t>
   </si>
   <si>
     <t>28984</t>
   </si>
   <si>
     <t xml:space="preserve">Cesar Pantarotto Junior (Cesinha), e demais Vereadores </t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28984/987-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28984/987-2020.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE REPÚDIO AO GOVERNADOR JOÃO DÓRIA EM RAZÃO DA PRORROGAÇÃO DAS RESTRIÇÕES DE ISOLAMENTO SOCIAL, IMPEDINDO A ABERTURA DE COMÉRCIOS E INDÚSTRIAS, ESPECIALMENTE PARA AS CIDADES DO INTERIOR PAULISTA QUE NÃO REGISTRARAM ÓBITOS PELO COVID-19.</t>
   </si>
   <si>
     <t>28998</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28998/1003-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28998/1003-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A EMPRESA DE BEBIDAS VENDRANELLI "GUARANÁ PAULISTINHA", PELOS SEUS 50 ANOS DE ATIVIDADE.</t>
   </si>
   <si>
     <t>29018</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29018/1023-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29018/1023-2020.pdf</t>
   </si>
   <si>
     <t>PESAR FALECIMENTO DO SR. JOÃO FLÁVIO MARIN SALMEIRÃO</t>
   </si>
   <si>
     <t>29030</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29030/1037-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29030/1037-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O TENENTE-CORONEL PM ANTONIO CARLOS SIQUEIRA CAMPOS JUNIOR.</t>
   </si>
   <si>
     <t>29044</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29044/1051-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29044/1051-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. LUÍS EMÍLIO TREVIZOLI.</t>
   </si>
   <si>
     <t>29045</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29045/1052-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29045/1052-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. WILSON GRICIOLI.</t>
   </si>
   <si>
     <t>29056</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29056/1064-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29056/1064-2020.pdf</t>
   </si>
   <si>
     <t>Congratulações com a Prefeita da cidade de Lourdes a senhora Gisele Tonchis pela nomeação no Conselho Estadual Político - APREESP</t>
   </si>
   <si>
     <t>29083</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29083/1107-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29083/1107-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DA SENHORA PALMIRA PINTÃO FERNANDES.</t>
   </si>
   <si>
     <t>29090</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29090/1114-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29090/1114-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O 2º BATALHÃO DE POLÍCIA AMBIENTAL (2º BPAmb), QUE COMPLETOU NESTE DOMINGO, 21 DE JUNHO, 43 ANOS DE ATIVIDADES EM BIRIGUI</t>
   </si>
   <si>
     <t>29091</t>
   </si>
   <si>
     <t>José Luis Buchalla (Zé Luis Buchalla), Cesar Pantarotto Junior (Cesinha)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29091/1115-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29091/1115-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. JOAQUIM SOARES DANTAS</t>
   </si>
   <si>
     <t>29121</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29121/mocao_11.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29121/mocao_11.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE CONGRATULAÇÕES com a Psicóloga Loraine Ellen Cortelazzi pelos revelantes serviços prestados a comunidade biriguiense.</t>
   </si>
   <si>
     <t>29122</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29122/mocao_2.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29122/mocao_2.pdf</t>
   </si>
   <si>
     <t>Pesar pelo falecimento da Senhora MARIA APARECIDA RAMOS RIBEIRO DA SILVA</t>
   </si>
   <si>
     <t>29126</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29126/1242-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29126/1242-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SENHOR ANTONIO SALATINO</t>
   </si>
   <si>
     <t>29159</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29159/1310-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29159/1310-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SENHOR JOSÉ MANOEL PEDROSA</t>
   </si>
   <si>
     <t>29170</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29170/1326-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29170/1326-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O ROTARY CLUB DE BIRIGUI, ROTARY CLUB DE BIRIGUI XIX DE ABRIL E ROTARY CLUB DE BIRIGUI CIDADE PÉROLA, PELOS RELEVANTES SERVIÇOS PRESTADOS À COMUNIDADE BIRIGUIENSE, PRINCIPALMENTE PELA DOAÇÃO DE RECURSOS PARA A UBS 5 DO BAIRRO SANTO ANTÔNIO.</t>
   </si>
   <si>
     <t>29171</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29171/1327-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29171/1327-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. GERCINDO JESUS FABRÍCIO (BRANCO)</t>
   </si>
   <si>
     <t>29172</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29172/1328-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29172/1328-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. FRANCISCO UMBELINO PETEAN (BILIM)</t>
   </si>
   <si>
     <t>29182</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29182/1340-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29182/1340-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DA SRª LUCIANA BARBOZA DE JESUS MARTINS.</t>
   </si>
   <si>
     <t>29184</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29184/1342.2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29184/1342.2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES pelos 50 anos da empresa Rodocerto Transportes.</t>
   </si>
   <si>
     <t>29220</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29220/1388-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29220/1388-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. JOSÉ SOARES DA SILVA (ZÉ DO CANIL)</t>
   </si>
   <si>
     <t>29221</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29221/1389-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29221/1389-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DA SENHORA ADÉLIA CASARIN MAGOGA.</t>
   </si>
   <si>
     <t>29222</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29222/1390-2020_com_assinaturas.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29222/1390-2020_com_assinaturas.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DA PROFESSORA JUCIANE FERRETTI.</t>
   </si>
   <si>
     <t>29251</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29251/1429-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29251/1429-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A EMPRESA CALÇADISTA KIDY CALÇADOS DE BIRIGUI, PELOS 30 ANOS DE ATIVIDADE EM BIRIGUI.</t>
   </si>
   <si>
     <t>29287</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29287/1488-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29287/1488-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DA SENHORA ROSA SALOMÃO TUNES.</t>
   </si>
   <si>
     <t>29288</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29288/1489-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29288/1489-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SR. ANTÔNIO ALBERTO SPÓSITO (CHUMBÃO)</t>
   </si>
   <si>
     <t>29402</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29402/1670-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29402/1670-2020.pdf</t>
   </si>
   <si>
     <t>PESAR FALECIMENTO DE MARIA MAGNÓLIA DA SILVA FERREIRA</t>
   </si>
   <si>
     <t>29407</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29407/1679-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29407/1679-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SENHOR RAUL GOMES.</t>
   </si>
   <si>
     <t>29408</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29408/1680-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29408/1680-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SENHOR MANOEL DE JESUS PAULO (MANÉ DO FRANGO).</t>
   </si>
   <si>
     <t>29424</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29424/1714-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29424/1714-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O COMANDO DA POLÍCIA MILITAR DE BIRIGUI, COPOM E PM DE ARAÇATUBA E AOS POLICIAIS MILITARES QUE PRENDERAM O AUTOR DOS TIROS QUE VITIMARAM OS MORADORES DE RUA EM 4 DE OUTUBRO ÚLTIMO.</t>
   </si>
   <si>
     <t>29451</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29451/1750-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29451/1750-2020.pdf</t>
   </si>
   <si>
     <t>Pesar pelo falecimento do Senhor ANTÔNIO AGNELO LOT (Nenê Lot)</t>
   </si>
   <si>
     <t>29472</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29472/1797-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29472/1797-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO EMPRESÁRIO UBIRAIR CHAVES DOS REIS, COMO PESSOA E EMPREENDEDOR EM NOSSA CIDADE</t>
   </si>
   <si>
     <t>29473</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29473/1799-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29473/1799-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO EMPRESÁRIO UBIRACI CHAVES DE OLIVEIRA, COMO PESSOA E EMPREENDEDOR EM NOSSA CIDADE E AGENTE TRANSFORMADOR DE AÇÕES SOCIAIS.</t>
   </si>
   <si>
     <t>29481</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29481/1822-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29481/1822-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SENHOR SILAS DE AGUIAR GAETI (SILÃO).</t>
   </si>
   <si>
     <t>29501</t>
   </si>
   <si>
     <t>José Luis Buchalla (Zé Luis Buchalla), Aladim José Martins, Cesar Pantarotto Junior (Cesinha)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29501/1851-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29501/1851-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A PREFEITA ELEITA DE BAURU, SUELLEN ROSIN, DO PATRIOTA.</t>
   </si>
   <si>
     <t>29532</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29532/1889-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29532/1889-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O RADIALISTA ANTONIO PAULO DE BRITO "PAULO BRITO" PELA CRIAÇÃO DA RÁDIO WEB.</t>
   </si>
   <si>
     <t>29534</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29534/1894-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29534/1894-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A "RÁDIO PREFEITURA" PELO BELO TRABALHO EXERCIDO E TAMBÉM POR SER FINALISTA DO PRÊMIO JATOBÁ</t>
   </si>
   <si>
     <t>29547</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29547/1910-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29547/1910-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM O EMPRESÁRIO JOSÉ CARLOS TALDIVO (LALO) COMO EMPREENDEDOR EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>29548</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29548/1911-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29548/1911-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A SENHORA NANIZIA TEREZINHA DOS REIS SERVELATTI.</t>
   </si>
   <si>
     <t>29549</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29549/1912-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29549/1912-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES COM A SRA. ROSÂNGELA SARTORI.</t>
   </si>
   <si>
     <t>29550</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29550/1913-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29550/1913-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕRES COM DR. JAMES ALBERTO SERVELATTI.</t>
   </si>
   <si>
     <t>29551</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29551/1914-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29551/1914-2020.pdf</t>
   </si>
   <si>
     <t>CONGRATULAÇÕES AO ADVOGADO, EMPRESÁRIO E PECUARISTA BIRIGUIENSE DR. JOSÉ FERNENDO ANDRAUS DOMINGUES.</t>
   </si>
   <si>
     <t>29552</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29552/1915-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29552/1915-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DA SENHORA FERNANDA SENO SALZEDAS.</t>
   </si>
   <si>
     <t>29553</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29553/1916-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29553/1916-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DO SENHOR JUVENAL TRAGO.</t>
   </si>
   <si>
     <t>29554</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29554/1917-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29554/1917-2020.pdf</t>
   </si>
   <si>
     <t>PESAR PELO FALECIMENTO DA SENHORA DENISE DE FÁTIMA SABIONE.</t>
   </si>
   <si>
     <t>28393</t>
   </si>
   <si>
     <t>PARTC</t>
   </si>
   <si>
     <t>Parecer Agente Técnico das Comissões</t>
   </si>
   <si>
     <t>Elaine Miyashita</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28393/87-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28393/87-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 1/2020</t>
   </si>
   <si>
     <t>28394</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28394/88-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28394/88-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 5/2020</t>
   </si>
   <si>
     <t>28395</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28395/89-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28395/89-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 6/2020</t>
   </si>
   <si>
     <t>28396</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28396/90-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28396/90-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 7/2020</t>
   </si>
   <si>
     <t>28397</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28397/91-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28397/91-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 8/2020</t>
   </si>
   <si>
     <t>28398</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28398/92-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28398/92-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 9/2020</t>
   </si>
   <si>
     <t>28399</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28399/93-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28399/93-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 10/2020</t>
   </si>
   <si>
     <t>28400</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28400/94-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28400/94-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 11/2020</t>
   </si>
   <si>
     <t>28410</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28410/130-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28410/130-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 16/2020</t>
   </si>
   <si>
     <t>28411</t>
   </si>
   <si>
     <t>REFERENTE AO PL 21/2020</t>
   </si>
   <si>
     <t>28412</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28412/132-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28412/132-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 22/2020</t>
   </si>
   <si>
     <t>28478</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28478/237-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28478/237-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 12/2020</t>
   </si>
   <si>
     <t>28479</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28479/238-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28479/238-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 13/2020</t>
   </si>
   <si>
     <t>28480</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28480/239-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28480/239-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 14/2020</t>
   </si>
   <si>
     <t>28481</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28481/240-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28481/240-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 18/2020</t>
   </si>
   <si>
     <t>28482</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28482/241-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28482/241-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 19/2020</t>
   </si>
   <si>
     <t>28483</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28483/242-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28483/242-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 171/2019</t>
   </si>
   <si>
     <t>28532</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28532/310-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28532/310-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 24/2020</t>
   </si>
   <si>
     <t>28533</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28533/311-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28533/311-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 25/2020</t>
   </si>
   <si>
     <t>28534</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28534/312-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28534/312-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 26/2020</t>
   </si>
   <si>
     <t>28535</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28535/313-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28535/313-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PLC 2/2020</t>
   </si>
   <si>
     <t>28536</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28536/314-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28536/314-2020.pdf</t>
   </si>
   <si>
     <t>28576</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28576/374-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28576/374-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 27/2020</t>
   </si>
   <si>
     <t>28575</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28575/373-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28575/373-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 29/2020</t>
   </si>
   <si>
     <t>28584</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28584/395-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28584/395-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PLC 3/2020</t>
   </si>
   <si>
     <t>28951</t>
   </si>
   <si>
     <t>PACON</t>
   </si>
   <si>
     <t>Parecer Contábil</t>
   </si>
   <si>
     <t>Edimur Ângelo Monteiro Cintra</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28951/924-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28951/924-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 69/2020</t>
   </si>
   <si>
     <t>29446</t>
   </si>
   <si>
     <t>PARECER CONTÁBIL REFERENTE AO PL 133/2020 - LOA 2021</t>
   </si>
   <si>
     <t>28385</t>
   </si>
   <si>
     <t>PARJU</t>
   </si>
   <si>
     <t>Parecer Jurídico</t>
   </si>
   <si>
     <t>Wellington Castilho Filho</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28385/77-2019.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28385/77-2019.pdf</t>
   </si>
   <si>
     <t>28386</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28386/78-2019.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28386/78-2019.pdf</t>
   </si>
   <si>
     <t>28387</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28387/79-2019.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28387/79-2019.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO REQ 463/2019</t>
   </si>
   <si>
     <t>28388</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28388/80-2019.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28388/80-2019.pdf</t>
   </si>
   <si>
     <t>28389</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28389/81-2019.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28389/81-2019.pdf</t>
   </si>
   <si>
     <t>28390</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28390/82-2019.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28390/82-2019.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 9/2019</t>
   </si>
   <si>
     <t>28391</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28391/83-2019.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28391/83-2019.pdf</t>
   </si>
   <si>
     <t>28415</t>
   </si>
   <si>
     <t>Fernando Baggio Barbiere</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28415/139-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28415/139-2020.pdf</t>
   </si>
   <si>
     <t>28413</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28413/134-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28413/134-2020.pdf</t>
   </si>
   <si>
     <t>28429</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28429/153-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28429/153-2020.pdf</t>
   </si>
   <si>
     <t>PARECER COMPLEMENTAR DO PL 166/2019</t>
   </si>
   <si>
     <t>28430</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28430/154-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28430/154-2020.pdf</t>
   </si>
   <si>
     <t>PARECER COMPLEMENTAR DO PL 8/2020</t>
   </si>
   <si>
     <t>28431</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28431/155-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28431/155-2020.pdf</t>
   </si>
   <si>
     <t>PARECER COMPLEMENTAR DO PL 9/2020</t>
   </si>
   <si>
     <t>28432</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28432/156-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28432/156-2020.pdf</t>
   </si>
   <si>
     <t>PARECER COMPLEMENTAR DO PL 16/2020</t>
   </si>
   <si>
     <t>28433</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28433/157-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28433/157-2020.pdf</t>
   </si>
   <si>
     <t>PARECER COMPLEMENTAR DO PL 21/2020</t>
   </si>
   <si>
     <t>28434</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28434/158-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28434/158-2020.pdf</t>
   </si>
   <si>
     <t>PARECER COMPLEMENTAR DO PL 22/2020</t>
   </si>
   <si>
     <t>28484</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28484/245-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28484/245-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 169/2019.</t>
   </si>
   <si>
     <t>28485</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28485/246-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28485/246-2020.pdf</t>
   </si>
   <si>
     <t>28492</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28492/255-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28492/255-2020.pdf</t>
   </si>
   <si>
     <t>28490</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28490/250-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28490/250-2020.pdf</t>
   </si>
   <si>
     <t>28486</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28486/247-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28486/247-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 17/2020</t>
   </si>
   <si>
     <t>28487</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28487/248-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28487/248-2020.pdf</t>
   </si>
   <si>
     <t>28488</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28488/249-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28488/249-2020.pdf</t>
   </si>
   <si>
     <t>28538</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28538/321-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28538/321-2020.pdf</t>
   </si>
   <si>
     <t>28539</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28539/322-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28539/322-2020.pdf</t>
   </si>
   <si>
     <t>28540</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28540/323-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28540/323-2020.pdf</t>
   </si>
   <si>
     <t>28603</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28603/439-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28603/439-2020.pdf</t>
   </si>
   <si>
     <t>28604</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28604/440-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28604/440-2020.pdf</t>
   </si>
   <si>
     <t>28605</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28605/441-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28605/441-2020.pdf</t>
   </si>
   <si>
     <t>28627</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28627/486-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28627/486-2020.pdf</t>
   </si>
   <si>
     <t>28628</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28628/487-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28628/487-2020.pdf</t>
   </si>
   <si>
     <t>28629</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28629/488-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28629/488-2020.pdf</t>
   </si>
   <si>
     <t>28630</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28630/489-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28630/489-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 30/2020</t>
   </si>
   <si>
     <t>28631</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28631/490-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28631/490-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 35/2020</t>
   </si>
   <si>
     <t>28675</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28675/560-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28675/560-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 36/2020</t>
   </si>
   <si>
     <t>28676</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28676/561-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28676/561-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 38/2020</t>
   </si>
   <si>
     <t>28677</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28677/562-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28677/562-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 41/2020</t>
   </si>
   <si>
     <t>28678</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28678/563-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28678/563-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PLC 4/2020</t>
   </si>
   <si>
     <t>28683</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28683/569-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28683/569-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 39/2020</t>
   </si>
   <si>
     <t>28684</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28684/570-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28684/570-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 42/2020</t>
   </si>
   <si>
     <t>28685</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28685/571-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28685/571-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE PLC 6/2020</t>
   </si>
   <si>
     <t>28686</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28686/572-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28686/572-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PLC 7/2020</t>
   </si>
   <si>
     <t>28731</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28731/parecer_44-2023032020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28731/parecer_44-2023032020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 33/2020</t>
   </si>
   <si>
     <t>28732</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28732/parecer_45-2023032020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28732/parecer_45-2023032020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 37/2020</t>
   </si>
   <si>
     <t>28733</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28733/parecer_46-2023032020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28733/parecer_46-2023032020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 46/2020</t>
   </si>
   <si>
     <t>28734</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28734/parecer_47-2023032020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28734/parecer_47-2023032020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 48/2020</t>
   </si>
   <si>
     <t>28735</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28735/parecer_48-2023032020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28735/parecer_48-2023032020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PLC 8/2020</t>
   </si>
   <si>
     <t>28738</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28738/parecer_pl_49-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28738/parecer_pl_49-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 49/2020</t>
   </si>
   <si>
     <t>28739</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28739/parecer_pl_50-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28739/parecer_pl_50-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 50/2020</t>
   </si>
   <si>
     <t>28740</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28740/parecer_pl_51-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28740/parecer_pl_51-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 51/2020</t>
   </si>
   <si>
     <t>28741</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28741/parecer_pl_52-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28741/parecer_pl_52-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 52/2020</t>
   </si>
   <si>
     <t>28742</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28742/parecer_pl_53-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28742/parecer_pl_53-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 53/2020</t>
   </si>
   <si>
     <t>28743</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28743/parecer_pl_54-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28743/parecer_pl_54-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 54/2020</t>
   </si>
   <si>
     <t>28744</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28744/parecer_pl_55-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28744/parecer_pl_55-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 55/2020</t>
   </si>
   <si>
     <t>28745</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28745/parecer_pl_56-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28745/parecer_pl_56-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 56/2020</t>
   </si>
   <si>
     <t>28746</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28746/projeto_de_lei_05_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28746/projeto_de_lei_05_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE A PL 5/2020 - COMPLEMENTAR AO PARECER JURIDICO 1/2020</t>
   </si>
   <si>
     <t>28747</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28747/projeto_de_lei_06_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28747/projeto_de_lei_06_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE A PL 6/2020 - COMPLEMENTAR AO PARECER JURÍDICO 2/2020</t>
   </si>
   <si>
     <t>28748</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28748/projeto_de_lei_15_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28748/projeto_de_lei_15_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE A PL 15/2020</t>
   </si>
   <si>
     <t>28749</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28749/projeto_de_lei_40_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28749/projeto_de_lei_40_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE A PL 40/2020</t>
   </si>
   <si>
     <t>28803</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28803/parecer_juridico_ao_pl_63_2020_1.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28803/parecer_juridico_ao_pl_63_2020_1.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 63/2020</t>
   </si>
   <si>
     <t>28805</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28805/parecer_juridico_ao_pl_58_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28805/parecer_juridico_ao_pl_58_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 58/2020</t>
   </si>
   <si>
     <t>28804</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28804/parecer_juridico_ao_pl_59_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28804/parecer_juridico_ao_pl_59_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 59/2020</t>
   </si>
   <si>
     <t>28806</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28806/parecer_juridico_ao_pl_61_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28806/parecer_juridico_ao_pl_61_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 61/2020</t>
   </si>
   <si>
     <t>28807</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28807/725-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28807/725-2020.pdf</t>
   </si>
   <si>
     <t>28836</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28836/parecer_juridico_ao_pl_44_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28836/parecer_juridico_ao_pl_44_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTEO AO PL 44/2020</t>
   </si>
   <si>
     <t>28837</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28837/parecer_juridico_ao_pl_45_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28837/parecer_juridico_ao_pl_45_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 45/2020</t>
   </si>
   <si>
     <t>28838</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28838/parecer_juridico_ao_pl_47_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28838/parecer_juridico_ao_pl_47_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 47/2020</t>
   </si>
   <si>
     <t>28839</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28839/parecer_juridico_ao_pl_64_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28839/parecer_juridico_ao_pl_64_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 64/2020</t>
   </si>
   <si>
     <t>28840</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28840/parecer_juridico_ao_plc_11_2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28840/parecer_juridico_ao_plc_11_2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PLC 11/2020</t>
   </si>
   <si>
     <t>28860</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28860/813-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28860/813-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PLC 11/3020 - Complementar ao Parecer n. 70/3020</t>
   </si>
   <si>
     <t>28888</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28888/parecer_72.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28888/parecer_72.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 31/2020</t>
   </si>
   <si>
     <t>28889</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28889/parecer_73.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28889/parecer_73.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 32/2020</t>
   </si>
   <si>
     <t>28890</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28890/parecer_74.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28890/parecer_74.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 34/2020</t>
   </si>
   <si>
     <t>28891</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28891/parecer_75.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28891/parecer_75.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 68/2020</t>
   </si>
   <si>
     <t>28922</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28922/892-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28922/892-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 70/2020</t>
   </si>
   <si>
     <t>28945</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28945/918-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28945/918-2020.pdf</t>
   </si>
   <si>
     <t>28946</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28946/919-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28946/919-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 72/2020</t>
   </si>
   <si>
     <t>28947</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28947/920-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28947/920-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 73/2020</t>
   </si>
   <si>
     <t>28988</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28988/991-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28988/991-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 77/2020</t>
   </si>
   <si>
     <t>28989</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28989/992-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28989/992-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 79/2020</t>
   </si>
   <si>
     <t>28990</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28990/993-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28990/993-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 78/2020</t>
   </si>
   <si>
     <t>28991</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28991/994-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28991/994-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 80/2020</t>
   </si>
   <si>
     <t>28992</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28992/995-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28992/995-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 81/2020</t>
   </si>
   <si>
     <t>29046</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29046/1053-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29046/1053-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 82/2020</t>
   </si>
   <si>
     <t>29057</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29057/1065-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29057/1065-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 76/2020</t>
   </si>
   <si>
     <t>29095</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29095/1119-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29095/1119-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 87/2020</t>
   </si>
   <si>
     <t>29096</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29096/1120-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29096/1120-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 88/2020</t>
   </si>
   <si>
     <t>29097</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29097/1121-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29097/1121-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 89/2020</t>
   </si>
   <si>
     <t>29098</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29098/1122-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29098/1122-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 90/2020</t>
   </si>
   <si>
     <t>29163</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29163/1318.2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29163/1318.2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 94/2020</t>
   </si>
   <si>
     <t>29164</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29164/1319.2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29164/1319.2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 102/2020</t>
   </si>
   <si>
     <t>29196</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29196/1360-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29196/1360-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 105/2020</t>
   </si>
   <si>
     <t>29197</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29197/1361-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29197/1361-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 106/2020</t>
   </si>
   <si>
     <t>29198</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29198/1362-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29198/1362-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 110/2020</t>
   </si>
   <si>
     <t>29214</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29214/1381-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29214/1381-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 108/2020</t>
   </si>
   <si>
     <t>29215</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29215/1382-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29215/1382-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 109/2020</t>
   </si>
   <si>
     <t>29216</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29216/1383-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29216/1383-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 112/2020</t>
   </si>
   <si>
     <t>29217</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29217/1384-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29217/1384-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 113/2020</t>
   </si>
   <si>
     <t>29249</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29249/1427-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29249/1427-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 118/2020</t>
   </si>
   <si>
     <t>29250</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29250/1428-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29250/1428-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 119/2020</t>
   </si>
   <si>
     <t>29274</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29274/1462-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29274/1462-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 114/2020</t>
   </si>
   <si>
     <t>29275</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29275/1463-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29275/1463-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 122/2020</t>
   </si>
   <si>
     <t>29291</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29291/1513-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29291/1513-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 125/2020</t>
   </si>
   <si>
     <t>29314</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29314/1542-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29314/1542-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 126/2020</t>
   </si>
   <si>
     <t>29315</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29315/1543-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29315/1543-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PLC 14/2020</t>
   </si>
   <si>
     <t>29349</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29349/1595-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29349/1595-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 123/2020</t>
   </si>
   <si>
     <t>29350</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29350/1596-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29350/1596-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 124/2020</t>
   </si>
   <si>
     <t>29351</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29351/1597-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29351/1597-2020.pdf</t>
   </si>
   <si>
     <t>29352</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29352/1598-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29352/1598-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 128/2020</t>
   </si>
   <si>
     <t>29353</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29353/1599-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29353/1599-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 131/2020</t>
   </si>
   <si>
     <t>29354</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29354/1600-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29354/1600-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 136/2020</t>
   </si>
   <si>
     <t>29375</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29375/1640-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29375/1640-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE PL 127/2020</t>
   </si>
   <si>
     <t>29376</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29376/1641-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29376/1641-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE PL 132/2020</t>
   </si>
   <si>
     <t>29377</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29377/1642-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29377/1642-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE PL 138/2020</t>
   </si>
   <si>
     <t>29378</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29378/1643-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29378/1643-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE PL 139/2020</t>
   </si>
   <si>
     <t>29406</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29406/1678-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29406/1678-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE PL 140/2020</t>
   </si>
   <si>
     <t>29452</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29452/1751-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29452/1751-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 144/2020</t>
   </si>
   <si>
     <t>29460</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29460/1769-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29460/1769-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 133/2020</t>
   </si>
   <si>
     <t>29479</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29479/1817-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29479/1817-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 148/2020</t>
   </si>
   <si>
     <t>29484</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29484/1825-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29484/1825-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PELO 1/2020</t>
   </si>
   <si>
     <t>29485</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29485/1826-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29485/1826-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 147/2020</t>
   </si>
   <si>
     <t>29508</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29508/1860-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29508/1860-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 152/2020</t>
   </si>
   <si>
     <t>29509</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29509/1861-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29509/1861-2020.pdf</t>
   </si>
   <si>
     <t>REFENTE AO PL 153/2020</t>
   </si>
   <si>
     <t>29510</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29510/1862-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29510/1862-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 154/2020</t>
   </si>
   <si>
     <t>29511</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29511/1863-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29511/1863-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 150/2020</t>
   </si>
   <si>
     <t>29512</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29512/1864-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29512/1864-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 127/2020</t>
   </si>
   <si>
     <t>28438</t>
   </si>
   <si>
     <t>PARCO</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28438/162-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28438/162-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 8/2019</t>
   </si>
   <si>
     <t>28439</t>
   </si>
   <si>
     <t>Comissão de Orçamento, Finanças e Contabilidade</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28439/163-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28439/163-2020.pdf</t>
   </si>
   <si>
     <t>28440</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28440/164-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28440/164-2020.pdf</t>
   </si>
   <si>
     <t>28441</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28441/165-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28441/165-2020.pdf</t>
   </si>
   <si>
     <t>28442</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28442/166-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28442/166-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 11/2019</t>
   </si>
   <si>
     <t>28443</t>
   </si>
   <si>
     <t>Comissão de Defesa do Meio Ambiente e Animais</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28443/167-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28443/167-2020.pdf</t>
   </si>
   <si>
     <t>28444</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28444/168-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28444/168-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 16/2019</t>
   </si>
   <si>
     <t>28445</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28445/169-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28445/169-2020.pdf</t>
   </si>
   <si>
     <t>28446</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28446/170-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28446/170-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 21/2019</t>
   </si>
   <si>
     <t>28447</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28447/171-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28447/171-2020.pdf</t>
   </si>
   <si>
     <t>28448</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28448/172-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28448/172-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 22/2019</t>
   </si>
   <si>
     <t>28449</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28449/173-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28449/173-2020.pdf</t>
   </si>
   <si>
     <t>28495</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28495/259-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28495/259-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 169/2019</t>
   </si>
   <si>
     <t>28496</t>
   </si>
   <si>
     <t>Comissão de Valoração e Mérito</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28496/260-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28496/260-2020.pdf</t>
   </si>
   <si>
     <t>28497</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28497/261-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28497/261-2020.pdf</t>
   </si>
   <si>
     <t>28498</t>
   </si>
   <si>
     <t>Comissão de Obras, Serviços Públicos e Atividades Privadas</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28498/262-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28498/262-2020.pdf</t>
   </si>
   <si>
     <t>28499</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28499/263-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28499/263-2020.pdf</t>
   </si>
   <si>
     <t>28500</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28500/264-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28500/264-2020.pdf</t>
   </si>
   <si>
     <t>28501</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28501/265-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28501/265-2020.pdf</t>
   </si>
   <si>
     <t>28502</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28502/266-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28502/266-2020.pdf</t>
   </si>
   <si>
     <t>28503</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28503/267-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28503/267-2020.pdf</t>
   </si>
   <si>
     <t>28504</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28504/268-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28504/268-2020.pdf</t>
   </si>
   <si>
     <t>28505</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28505/269-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28505/269-2020.pdf</t>
   </si>
   <si>
     <t>28506</t>
   </si>
   <si>
     <t>Comissão de Educação, Ciência e Tecnologia</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28506/270-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28506/270-2020.pdf</t>
   </si>
   <si>
     <t>28507</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28507/271-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28507/271-2020.pdf</t>
   </si>
   <si>
     <t>28508</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28508/272-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28508/272-2020.pdf</t>
   </si>
   <si>
     <t>28512</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28512/278-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28512/278-2020.pdf</t>
   </si>
   <si>
     <t>PARECER COMPLEMENTAR - REFERENTE AO PL 168/2019</t>
   </si>
   <si>
     <t>28513</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28513/279-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28513/279-2020.pdf</t>
   </si>
   <si>
     <t>28514</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28514/280-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28514/280-2020.pdf</t>
   </si>
   <si>
     <t>28545</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28545/330-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28545/330-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 23/2020</t>
   </si>
   <si>
     <t>28546</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28546/331-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28546/331-2020.pdf</t>
   </si>
   <si>
     <t>28547</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28547/332-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28547/332-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PDL 12/2019</t>
   </si>
   <si>
     <t>28548</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28548/333-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28548/333-2020.pdf</t>
   </si>
   <si>
     <t>28549</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28549/334-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28549/334-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PDL 1/2020</t>
   </si>
   <si>
     <t>28550</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28550/335-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28550/335-2020.pdf</t>
   </si>
   <si>
     <t>28551</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28551/336-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28551/336-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PDL 2/2020</t>
   </si>
   <si>
     <t>28552</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28552/337-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28552/337-2020.pdf</t>
   </si>
   <si>
     <t>28553</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28553/338-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28553/338-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 20/2020</t>
   </si>
   <si>
     <t>28554</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28554/339-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28554/339-2020.pdf</t>
   </si>
   <si>
     <t>28555</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28555/340-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28555/340-2020.pdf</t>
   </si>
   <si>
     <t>28556</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28556/341-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28556/341-2020.pdf</t>
   </si>
   <si>
     <t>28557</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28557/342-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28557/342-2020.pdf</t>
   </si>
   <si>
     <t>28558</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28558/343-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28558/343-2020.pdf</t>
   </si>
   <si>
     <t>28559</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28559/344-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28559/344-2020.pdf</t>
   </si>
   <si>
     <t>28560</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28560/345-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28560/345-2020.pdf</t>
   </si>
   <si>
     <t>28607</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28607/443-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28607/443-2020.pdf</t>
   </si>
   <si>
     <t>28608</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28608/444-220.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28608/444-220.pdf</t>
   </si>
   <si>
     <t>28609</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28609/445-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28609/445-2020.pdf</t>
   </si>
   <si>
     <t>28610</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28610/446-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28610/446-2020.pdf</t>
   </si>
   <si>
     <t>28611</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28611/447-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28611/447-2020.pdf</t>
   </si>
   <si>
     <t>28612</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28612/448-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28612/448-2020.pdf</t>
   </si>
   <si>
     <t>28643</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28643/506-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28643/506-2020.pdf</t>
   </si>
   <si>
     <t>28644</t>
   </si>
   <si>
     <t>Comissão de Desenvolvimento Econômico e Defesa do Consumidor</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28644/507-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28644/507-2020.pdf</t>
   </si>
   <si>
     <t>28645</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28645/508-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28645/508-2020.pdf</t>
   </si>
   <si>
     <t>28646</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28646/509-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28646/509-2020.pdf</t>
   </si>
   <si>
     <t>28647</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28647/510-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28647/510-2020.pdf</t>
   </si>
   <si>
     <t>28648</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28648/511-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28648/511-2020.pdf</t>
   </si>
   <si>
     <t>28649</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28649/512-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28649/512-2020.pdf</t>
   </si>
   <si>
     <t>28650</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28650/513-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28650/513-2020.pdf</t>
   </si>
   <si>
     <t>28651</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28651/514-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28651/514-2020.pdf</t>
   </si>
   <si>
     <t>28652</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28652/515-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28652/515-2020.pdf</t>
   </si>
   <si>
     <t>28653</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28653/516-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28653/516-2020.pdf</t>
   </si>
   <si>
     <t>28689</t>
   </si>
   <si>
     <t>REFERENTE PL 36/2020</t>
   </si>
   <si>
     <t>28690</t>
   </si>
   <si>
     <t>28691</t>
   </si>
   <si>
     <t>REFERENTE PL 38/2020</t>
   </si>
   <si>
     <t>28692</t>
   </si>
   <si>
     <t>Comissão de Saúde e Saneamento</t>
   </si>
   <si>
     <t>28693</t>
   </si>
@@ -5517,5586 +5517,5586 @@
   <si>
     <t>28701</t>
   </si>
   <si>
     <t>28702</t>
   </si>
   <si>
     <t>REFERENTE PLC 4/2020</t>
   </si>
   <si>
     <t>28703</t>
   </si>
   <si>
     <t>28704</t>
   </si>
   <si>
     <t>REFERENTE PLC 7/2020</t>
   </si>
   <si>
     <t>28705</t>
   </si>
   <si>
     <t>28706</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28706/594-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28706/594-2020.pdf</t>
   </si>
   <si>
     <t>REF. PL 29/2020</t>
   </si>
   <si>
     <t>28707</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28707/595-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28707/595-2020.pdf</t>
   </si>
   <si>
     <t>28760</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28760/parco_81_pl_5.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28760/parco_81_pl_5.pdf</t>
   </si>
   <si>
     <t>28761</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28761/parco_82_pl_6.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28761/parco_82_pl_6.pdf</t>
   </si>
   <si>
     <t>28762</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28762/parco_83_pl_6.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28762/parco_83_pl_6.pdf</t>
   </si>
   <si>
     <t>28763</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28763/parco_84_pl_15.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28763/parco_84_pl_15.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 15/2020</t>
   </si>
   <si>
     <t>28764</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28764/parco_85_pl_15.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28764/parco_85_pl_15.pdf</t>
   </si>
   <si>
     <t>28765</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28765/parco_86_pl_33.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28765/parco_86_pl_33.pdf</t>
   </si>
   <si>
     <t>28766</t>
   </si>
   <si>
     <t>Comissão de Direitos Humanos, Minorias e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28766/parco_87_pl_33.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28766/parco_87_pl_33.pdf</t>
   </si>
   <si>
     <t>28767</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28767/parco_88_pl_37.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28767/parco_88_pl_37.pdf</t>
   </si>
   <si>
     <t>28768</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28768/parco_89_pl_37.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28768/parco_89_pl_37.pdf</t>
   </si>
   <si>
     <t>28769</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28769/parco_90_pl_40.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28769/parco_90_pl_40.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 40/2020</t>
   </si>
   <si>
     <t>28770</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28770/parco_91_pl_40.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28770/parco_91_pl_40.pdf</t>
   </si>
   <si>
     <t>28771</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28771/parco_92_pl_46.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28771/parco_92_pl_46.pdf</t>
   </si>
   <si>
     <t>28772</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28772/parco_93_pl_46.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28772/parco_93_pl_46.pdf</t>
   </si>
   <si>
     <t>28773</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28773/parco_94_pl_48.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28773/parco_94_pl_48.pdf</t>
   </si>
   <si>
     <t>28774</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28774/parco_95_pl_48.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28774/parco_95_pl_48.pdf</t>
   </si>
   <si>
     <t>28775</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28775/parco_96_pl_49.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28775/parco_96_pl_49.pdf</t>
   </si>
   <si>
     <t>28776</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28776/parco_97_pl_49.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28776/parco_97_pl_49.pdf</t>
   </si>
   <si>
     <t>28777</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28777/parco_98_pl_50.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28777/parco_98_pl_50.pdf</t>
   </si>
   <si>
     <t>28778</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28778/parco_99_pl_50.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28778/parco_99_pl_50.pdf</t>
   </si>
   <si>
     <t>28779</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28779/parco_100_pl_51.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28779/parco_100_pl_51.pdf</t>
   </si>
   <si>
     <t>28780</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28780/parco_101_pl_51.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28780/parco_101_pl_51.pdf</t>
   </si>
   <si>
     <t>28781</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28781/parco_102_pl_52.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28781/parco_102_pl_52.pdf</t>
   </si>
   <si>
     <t>28782</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28782/parco_103_pl_52.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28782/parco_103_pl_52.pdf</t>
   </si>
   <si>
     <t>28783</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28783/parco_104_pl_53.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28783/parco_104_pl_53.pdf</t>
   </si>
   <si>
     <t>28784</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28784/parco_105_pl_53.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28784/parco_105_pl_53.pdf</t>
   </si>
   <si>
     <t>28785</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28785/parco_106_pl_54.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28785/parco_106_pl_54.pdf</t>
   </si>
   <si>
     <t>28786</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28786/parco_107_pl_54.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28786/parco_107_pl_54.pdf</t>
   </si>
   <si>
     <t>28787</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28787/parco_108_pl_55.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28787/parco_108_pl_55.pdf</t>
   </si>
   <si>
     <t>28788</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28788/parco_109_pl_55.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28788/parco_109_pl_55.pdf</t>
   </si>
   <si>
     <t>28789</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28789/parco_110_pl_56.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28789/parco_110_pl_56.pdf</t>
   </si>
   <si>
     <t>28790</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28790/parco_111_pl_56.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28790/parco_111_pl_56.pdf</t>
   </si>
   <si>
     <t>28791</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28791/parco_112_plc_8.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28791/parco_112_plc_8.pdf</t>
   </si>
   <si>
     <t>28792</t>
   </si>
   <si>
     <t>28811</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28811/746-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28811/746-2020.pdf</t>
   </si>
   <si>
     <t>28812</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28812/749-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28812/749-2020.pdf</t>
   </si>
   <si>
     <t>28813</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28813/750-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28813/750-2020.pdf</t>
   </si>
   <si>
     <t>28814</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28814/751-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28814/751-2020.pdf</t>
   </si>
   <si>
     <t>28815</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28815/752-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28815/752-2020.pdf</t>
   </si>
   <si>
     <t>28816</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28816/753-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28816/753-2020.pdf</t>
   </si>
   <si>
     <t>28817</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28817/754-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28817/754-2020.pdf</t>
   </si>
   <si>
     <t>28818</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28818/755-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28818/755-2020.pdf</t>
   </si>
   <si>
     <t>28848</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28848/796-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28848/796-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 44/2020</t>
   </si>
   <si>
     <t>28849</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28849/797-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28849/797-2020.pdf</t>
   </si>
   <si>
     <t>28850</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28850/798-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28850/798-2020.pdf</t>
   </si>
   <si>
     <t>28851</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28851/799-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28851/799-2020.pdf</t>
   </si>
   <si>
     <t>28852</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28852/800-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28852/800-2020.pdf</t>
   </si>
   <si>
     <t>28853</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28853/801-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28853/801-2020.pdf</t>
   </si>
   <si>
     <t>28854</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28854/802-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28854/802-2020.pdf</t>
   </si>
   <si>
     <t>28855</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28855/803-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28855/803-2020.pdf</t>
   </si>
   <si>
     <t>28868</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28868/829-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28868/829-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 28/2020</t>
   </si>
   <si>
     <t>28869</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28869/830-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28869/830-2020.pdf</t>
   </si>
   <si>
     <t>28870</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28870/831-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28870/831-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 28/2020 - PARECER APARTADO</t>
   </si>
   <si>
     <t>28871</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28871/832-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28871/832-2020.pdf</t>
   </si>
   <si>
     <t>28897</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28897/865-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28897/865-2020.pdf</t>
   </si>
   <si>
     <t>28898</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28898/866-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28898/866-2020.pdf</t>
   </si>
   <si>
     <t>28899</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28899/867-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28899/867-2020.pdf</t>
   </si>
   <si>
     <t>28900</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28900/868-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28900/868-2020.pdf</t>
   </si>
   <si>
     <t>28901</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28901/869-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28901/869-2020.pdf</t>
   </si>
   <si>
     <t>28902</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28902/870-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28902/870-2020.pdf</t>
   </si>
   <si>
     <t>28909</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28909/878-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28909/878-2020.pdf</t>
   </si>
   <si>
     <t>28910</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28910/879-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28910/879-2020.pdf</t>
   </si>
   <si>
     <t>28917</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28917/886-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28917/886-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 66/2020</t>
   </si>
   <si>
     <t>28918</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28918/887-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28918/887-2020.pdf</t>
   </si>
   <si>
     <t>28927</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28927/897-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28927/897-2020.pdf</t>
   </si>
   <si>
     <t>28928</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28928/898-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28928/898-2020.pdf</t>
   </si>
   <si>
     <t>28929</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28929/899-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28929/899-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PDL 4/2020</t>
   </si>
   <si>
     <t>28930</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28930/900-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28930/900-2020.pdf</t>
   </si>
   <si>
     <t>28952</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28952/928-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28952/928-2020.pdf</t>
   </si>
   <si>
     <t>28953</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28953/929-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28953/929-2020.pdf</t>
   </si>
   <si>
     <t>28954</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28954/930-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28954/930-2020.pdf</t>
   </si>
   <si>
     <t>28955</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28955/931-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28955/931-2020.pdf</t>
   </si>
   <si>
     <t>28956</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28956/932-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28956/932-2020.pdf</t>
   </si>
   <si>
     <t>28957</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28957/933-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28957/933-2020.pdf</t>
   </si>
   <si>
     <t>29000</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29000/1005-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29000/1005-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 75/2020</t>
   </si>
   <si>
     <t>29001</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29001/1006-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29001/1006-2020.pdf</t>
   </si>
   <si>
     <t>29002</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29002/1007-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29002/1007-2020.pdf</t>
   </si>
   <si>
     <t>29003</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29003/1008-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29003/1008-2020.pdf</t>
   </si>
   <si>
     <t>29004</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29004/1009-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29004/1009-2020.pdf</t>
   </si>
   <si>
     <t>29005</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29005/1010-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29005/1010-2020.pdf</t>
   </si>
   <si>
     <t>29006</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29006/1011-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29006/1011-2020.pdf</t>
   </si>
   <si>
     <t>29007</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29007/1012-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29007/1012-2020.pdf</t>
   </si>
   <si>
     <t>29008</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29008/1013-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29008/1013-2020.pdf</t>
   </si>
   <si>
     <t>29009</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29009/1014-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29009/1014-2020.pdf</t>
   </si>
   <si>
     <t>29011</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29011/1016-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29011/1016-2020.pdf</t>
   </si>
   <si>
     <t>29012</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29012/1017-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29012/1017-2020.pdf</t>
   </si>
   <si>
     <t>29013</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29013/1018-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29013/1018-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PDL 5/2020</t>
   </si>
   <si>
     <t>29014</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29014/1019-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29014/1019-2020.pdf</t>
   </si>
   <si>
     <t>29015</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29015/1020-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29015/1020-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 74/2020</t>
   </si>
   <si>
     <t>29016</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29016/1021-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29016/1021-2020.pdf</t>
   </si>
   <si>
     <t>29048</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29048/1056-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29048/1056-2020.pdf</t>
   </si>
   <si>
     <t>29049</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29049/1057-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29049/1057-2020.pdf</t>
   </si>
   <si>
     <t>29050</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29050/1058-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29050/1058-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 83/2020</t>
   </si>
   <si>
     <t>29051</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29051/1059-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29051/1059-2020.pdf</t>
   </si>
   <si>
     <t>29052</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29052/1060-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29052/1060-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 84/2020</t>
   </si>
   <si>
     <t>29053</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29053/1061-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29053/1061-2020.pdf</t>
   </si>
   <si>
     <t>29054</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29054/1062-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29054/1062-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 85/2020</t>
   </si>
   <si>
     <t>29055</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29055/1063-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29055/1063-2020.pdf</t>
   </si>
   <si>
     <t>29076</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29076/1092-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29076/1092-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO SUBSTITUTIVO AO PL 76/2020</t>
   </si>
   <si>
     <t>29077</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29077/1093-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29077/1093-2020.pdf</t>
   </si>
   <si>
     <t>29078</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29078/1094-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29078/1094-2020.pdf</t>
   </si>
   <si>
     <t>29079</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29079/1095-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29079/1095-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AS CONTAS MUNICIPAIS DO EXERCÍCIO DE 2017 - PROCESSO TC 00006825.989.16-3</t>
   </si>
   <si>
     <t>29080</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29080/1096-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29080/1096-2020.pdf</t>
   </si>
   <si>
     <t>29103</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29103/1134-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29103/1134-2020.pdf</t>
   </si>
   <si>
     <t>29104</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29104/1135-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29104/1135-2020.pdf</t>
   </si>
   <si>
     <t>29105</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29105/1136-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29105/1136-2020.pdf</t>
   </si>
   <si>
     <t>29106</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29106/1137-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29106/1137-2020.pdf</t>
   </si>
   <si>
     <t>29107</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29107/1138-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29107/1138-2020.pdf</t>
   </si>
   <si>
     <t>29108</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29108/1139-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29108/1139-2020.pdf</t>
   </si>
   <si>
     <t>29109</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29109/1140-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29109/1140-2020.pdf</t>
   </si>
   <si>
     <t>29110</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29110/1141-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29110/1141-2020.pdf</t>
   </si>
   <si>
     <t>29173</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29173/1331-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29173/1331-2020.pdf</t>
   </si>
   <si>
     <t>29174</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29174/1332-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29174/1332-2020.pdf</t>
   </si>
   <si>
     <t>29175</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29175/1333-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29175/1333-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 96/2020</t>
   </si>
   <si>
     <t>29176</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29176/1334-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29176/1334-2020.pdf</t>
   </si>
   <si>
     <t>29177</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29177/1335-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29177/1335-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 103/2020</t>
   </si>
   <si>
     <t>29178</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29178/1336-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29178/1336-2020.pdf</t>
   </si>
   <si>
     <t>29179</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29179/1337-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29179/1337-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PDL 6/2020</t>
   </si>
   <si>
     <t>29180</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29180/1338-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29180/1338-2020.pdf</t>
   </si>
   <si>
     <t>29200</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29200/1365-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29200/1365-2020.pdf</t>
   </si>
   <si>
     <t>REF. AO PL 105/2020</t>
   </si>
   <si>
     <t>29201</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29201/1366-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29201/1366-2020.pdf</t>
   </si>
   <si>
     <t>29202</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29202/1367-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29202/1367-2020.pdf</t>
   </si>
   <si>
     <t>REF. AO PL 106/2020</t>
   </si>
   <si>
     <t>29203</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29203/1368-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29203/1368-2020.pdf</t>
   </si>
   <si>
     <t>29204</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29204/1369-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29204/1369-2020.pdf</t>
   </si>
   <si>
     <t>REF. AO PL 107/2020</t>
   </si>
   <si>
     <t>29205</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29205/1370-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29205/1370-2020.pdf</t>
   </si>
   <si>
     <t>29206</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29206/1371-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29206/1371-2020.pdf</t>
   </si>
   <si>
     <t>REF. AO PL 110/2020</t>
   </si>
   <si>
     <t>29207</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29207/1372-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29207/1372-2020.pdf</t>
   </si>
   <si>
     <t>29231</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29231/1399-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29231/1399-2020.pdf</t>
   </si>
   <si>
     <t>29232</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29232/1400-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29232/1400-2020.pdf</t>
   </si>
   <si>
     <t>29233</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29233/1401-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29233/1401-2020.pdf</t>
   </si>
   <si>
     <t>29234</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29234/1402-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29234/1402-2020.pdf</t>
   </si>
   <si>
     <t>29235</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29235/1403-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29235/1403-2020.pdf</t>
   </si>
   <si>
     <t>29236</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29236/1404-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29236/1404-2020.pdf</t>
   </si>
   <si>
     <t>29237</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29237/1405-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29237/1405-2020.pdf</t>
   </si>
   <si>
     <t>29238</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29238/1406-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29238/1406-2020.pdf</t>
   </si>
   <si>
     <t>29256</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29256/1436-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29256/1436-2020.pdf</t>
   </si>
   <si>
     <t>29257</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29257/1437-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29257/1437-2020.pdf</t>
   </si>
   <si>
     <t>29258</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29258/1438-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29258/1438-2020.pdf</t>
   </si>
   <si>
     <t>29259</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29259/1439-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29259/1439-2020.pdf</t>
   </si>
   <si>
     <t>29260</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29260/1440-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29260/1440-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 120/2020</t>
   </si>
   <si>
     <t>29261</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29261/1441-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29261/1441-2020.pdf</t>
   </si>
   <si>
     <t>29262</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29262/1442-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29262/1442-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 121/2020</t>
   </si>
   <si>
     <t>29263</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29263/1443-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29263/1443-2020.pdf</t>
   </si>
   <si>
     <t>29277</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29277/1468-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29277/1468-2020.pdf</t>
   </si>
   <si>
     <t>29278</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29278/1469-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29278/1469-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 117/2020</t>
   </si>
   <si>
     <t>29279</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29279/1470-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29279/1470-2020.pdf</t>
   </si>
   <si>
     <t>29280</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29280/1471-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29280/1471-2020.pdf</t>
   </si>
   <si>
     <t>29281</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29281/1472-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29281/1472-2020.pdf</t>
   </si>
   <si>
     <t>29295</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29295/1518-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29295/1518-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 115/2020</t>
   </si>
   <si>
     <t>29296</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29296/1519-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29296/1519-2020.pdf</t>
   </si>
   <si>
     <t>29297</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29297/1520-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29297/1520-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 116/2020</t>
   </si>
   <si>
     <t>29298</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29298/1521-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29298/1521-2020.pdf</t>
   </si>
   <si>
     <t>29299</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29299/1522-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29299/1522-2020.pdf</t>
   </si>
   <si>
     <t>29300</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29300/1523-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29300/1523-2020.pdf</t>
   </si>
   <si>
     <t>29322</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29322/1552-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29322/1552-2020.pdf</t>
   </si>
   <si>
     <t>29323</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29323/1553-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29323/1553-2020.pdf</t>
   </si>
   <si>
     <t>29324</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29324/1554-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29324/1554-2020.pdf</t>
   </si>
   <si>
     <t>29325</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29325/1555-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29325/1555-2020.pdf</t>
   </si>
   <si>
     <t>29357</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29357/1607-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29357/1607-2020.pdf</t>
   </si>
   <si>
     <t>29358</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>Comissão de Agricultura,Agronegócios,Vicinais e Desenv.Rural</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29358/1608-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29358/1608-2020.pdf</t>
   </si>
   <si>
     <t>29359</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29359/1609-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29359/1609-2020.pdf</t>
   </si>
   <si>
     <t>29361</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29361/1611-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29361/1611-2020.pdf</t>
   </si>
   <si>
     <t>29362</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29362/1612-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29362/1612-2020.pdf</t>
   </si>
   <si>
     <t>29363</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29363/1613-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29363/1613-2020.pdf</t>
   </si>
   <si>
     <t>29364</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29364/1614-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29364/1614-2020.pdf</t>
   </si>
   <si>
     <t>29365</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29365/1615-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29365/1615-2020.pdf</t>
   </si>
   <si>
     <t>29366</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29366/1616-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29366/1616-2020.pdf</t>
   </si>
   <si>
     <t>29367</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29367/1617-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29367/1617-2020.pdf</t>
   </si>
   <si>
     <t>29368</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29368/1618-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29368/1618-2020.pdf</t>
   </si>
   <si>
     <t>29369</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29369/1619-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29369/1619-2020.pdf</t>
   </si>
   <si>
     <t>29370</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29370/1620-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29370/1620-2020.pdf</t>
   </si>
   <si>
     <t>29380</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29380/1648-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29380/1648-2020.pdf</t>
   </si>
   <si>
     <t>29381</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29381/1649-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29381/1649-2020.pdf</t>
   </si>
   <si>
     <t>29382</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29382/1650-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29382/1650-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 132/2020</t>
   </si>
   <si>
     <t>29383</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29383/1651-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29383/1651-2020.pdf</t>
   </si>
   <si>
     <t>29385</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29385/1653-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29385/1653-2020.pdf</t>
   </si>
   <si>
     <t>REFENTE AO PL 134/2020</t>
   </si>
   <si>
     <t>29386</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29386/1654-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29386/1654-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 134/2020</t>
   </si>
   <si>
     <t>29387</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29387/1655-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29387/1655-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 135/2020</t>
   </si>
   <si>
     <t>29388</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29388/1656-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29388/1656-2020.pdf</t>
   </si>
   <si>
     <t>REFENTE AO PL 135/2020</t>
   </si>
   <si>
     <t>29389</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29389/1657-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29389/1657-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 138/2020</t>
   </si>
   <si>
     <t>29390</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29390/1658-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29390/1658-2020.pdf</t>
   </si>
   <si>
     <t>29391</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29391/1659-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29391/1659-2020.pdf</t>
   </si>
   <si>
     <t>29392</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29392/1660-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29392/1660-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 139/2020</t>
   </si>
   <si>
     <t>29393</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29393/1661-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29393/1661-2020.pdf</t>
   </si>
   <si>
     <t>29411</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29411/1690-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29411/1690-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 137/2020</t>
   </si>
   <si>
     <t>29412</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29412/1691-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29412/1691-2020.pdf</t>
   </si>
   <si>
     <t>29413</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29413/1692-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29413/1692-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 140/2020</t>
   </si>
   <si>
     <t>29414</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29414/1693-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29414/1693-2020.pdf</t>
   </si>
   <si>
     <t>29415</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29415/1694-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29415/1694-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PDL 8/2020</t>
   </si>
   <si>
     <t>29416</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29416/1695-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29416/1695-2020.pdf</t>
   </si>
   <si>
     <t>29435</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29435/1731-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29435/1731-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 141/2020</t>
   </si>
   <si>
     <t>29436</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29436/1732-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29436/1732-2020.pdf</t>
   </si>
   <si>
     <t>29437</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29437/1733-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29437/1733-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 142/2020</t>
   </si>
   <si>
     <t>29438</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29438/1734-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29438/1734-2020.pdf</t>
   </si>
   <si>
     <t>29439</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29439/1735-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29439/1735-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 143/2020</t>
   </si>
   <si>
     <t>29440</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29440/1736-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29440/1736-2020.pdf</t>
   </si>
   <si>
     <t>29441</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29441/1737-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29441/1737-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PDL 9/2020</t>
   </si>
   <si>
     <t>29442</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29442/1738-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29442/1738-2020.pdf</t>
   </si>
   <si>
     <t>29443</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29443/1739-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29443/1739-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PDL 10/2020</t>
   </si>
   <si>
     <t>29444</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29444/1740-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29444/1740-2020.pdf</t>
   </si>
   <si>
     <t>29455</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29455/1755-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29455/1755-2020.pdf</t>
   </si>
   <si>
     <t>29456</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29456/1756-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29456/1756-2020.pdf</t>
   </si>
   <si>
     <t>29464</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29464/1780-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29464/1780-2020.pdf</t>
   </si>
   <si>
     <t>29465</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29465/1781-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29465/1781-2020.pdf</t>
   </si>
   <si>
     <t>29492</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29492/1839-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29492/1839-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 145/2020</t>
   </si>
   <si>
     <t>29493</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29493/1840-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29493/1840-2020.pdf</t>
   </si>
   <si>
     <t>29494</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29494/1841-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29494/1841-2020.pdf</t>
   </si>
   <si>
     <t>29495</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29495/1842-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29495/1842-2020.pdf</t>
   </si>
   <si>
     <t>29496</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29496/1843-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29496/1843-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 149/2020</t>
   </si>
   <si>
     <t>29497</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29497/1844-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29497/1844-2020.pdf</t>
   </si>
   <si>
     <t>29515</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29515/1867-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29515/1867-2020.pdf</t>
   </si>
   <si>
     <t>29516</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29516/1868-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29516/1868-2020.pdf</t>
   </si>
   <si>
     <t>29517</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29517/1869-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29517/1869-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 153/2020</t>
   </si>
   <si>
     <t>29518</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29518/1870-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29518/1870-2020.pdf</t>
   </si>
   <si>
     <t>29519</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29519/1871-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29519/1871-2020.pdf</t>
   </si>
   <si>
     <t>29521</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29521/1872-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29521/1872-2020.pdf</t>
   </si>
   <si>
     <t>29522</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29522/1874-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29522/1874-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PR 2/2020</t>
   </si>
   <si>
     <t>29523</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29523/1875-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29523/1875-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PR 3/2020</t>
   </si>
   <si>
     <t>29544</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29544/1907-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29544/1907-2020.pdf</t>
   </si>
   <si>
     <t>REFERENTE AO PL 155/2020</t>
   </si>
   <si>
     <t>29545</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29545/1908-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29545/1908-2020.pdf</t>
   </si>
   <si>
     <t>28381</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Luiz Roberto Ferrari (Ferrari)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28381/66-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28381/66-2020.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE TÍTULO DE CIDADÃO BIRIGUIENSE AO SENHOR RODRIGO MORAES</t>
   </si>
   <si>
     <t>28510</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28510/274-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28510/274-2020.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE TÍTULO DE CIDADÃO BIRIGUIENSE AO DOUTOR ALFREDO QUERINO DA SILVA</t>
   </si>
   <si>
     <t>28578</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28578/389-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28578/389-2020.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE TÍTULO DE CIDADÃ BIRIGUIENSE A DRA. ROGÉRIA AZEVEDO SOUZA PONTES</t>
   </si>
   <si>
     <t>28920</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28920/889-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28920/889-2020.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE TÍTULO DE CIDADÃ BIRIGUIENSE À PROFESSORA ELISABETE MENEZES VIEIRA</t>
   </si>
   <si>
     <t>28968</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28968/948-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28968/948-2020.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE TÍTULO DE CIDADÃO BIRIGUIENSE AO RADIALISTA ANTÔNIO PAULO DE BRITO, "PAULO BRITO"</t>
   </si>
   <si>
     <t>29133</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29133/1274-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29133/1274-2020.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE TÍTULO DE CIDADÃO BENEMÉRITO AO MÉDICO BEM HUR BARRETTOS BORGES</t>
   </si>
   <si>
     <t>29208</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29208/1373-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29208/1373-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DAS CONTAS DO EXECUTIVO MUNICIPAL RELATIVA AO EXERCÍCIO FINANCEIRO DE 2017 - TC 00006825.989.16-3</t>
   </si>
   <si>
     <t>29347</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29347/1593-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29347/1593-2020.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE TÍTULO DE HONRA AO MÉRITO AO SENHOR JOÃO ZEFIRO.</t>
   </si>
   <si>
     <t>29417</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29417/1697-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29417/1697-2020.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE TÍTULO DE CIDADÃO BIRIGUIENSE AO SENHOR GILBERTO APARECIDO VASQUES</t>
   </si>
   <si>
     <t>29428</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29428/1724-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29428/1724-2020.pdf</t>
   </si>
   <si>
     <t>CONCESSÃO DE TÍTULO DE CIDADÃO BIRIGUIENSE AO SENHOR ANTONIO JOSÉ IMBASSAHY DA SILVA</t>
   </si>
   <si>
     <t>29480</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica do Município</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29480/1818-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29480/1818-2020.pdf</t>
   </si>
   <si>
     <t>DÁNOVA REDAÇÃO AO ART. 56-A DA EMENDA Nº 20 DA LEI ORGÂNICA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>28355</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28355/18-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28355/18-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A APROVAÇÃO DA DELIMITAÇÃO PERIMETRAL DA ZONA URBANA DO MUNICÍPIO, NOS TERMOS QUE ESPECIFICA E DÁ OUTRA PROVIDÊNCIA.</t>
   </si>
   <si>
     <t>28518</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28518/289-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28518/289-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PARCELAMENTO DE SOLO, ATRAVÉS DA EXECUÇÃO DE LOTEAMENTOS DESTINADOS A MORADIAS POPULARES, A SEREM IMPLANTADOS NA ZONA URBANA DO MUNICÍPIO, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>28537</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28537/plc3-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28537/plc3-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA E REORGANIZAÇÃO DO QUADRO DE PESSOAL DA PREFEITURA MUNICIPAL DE BIRIGUI.</t>
   </si>
   <si>
     <t>28618</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28618/458-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28618/458-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DA JORNADA DE TRABALHO DOS AUXILIARES DE SAÚDE BUCAL DO MUNICÍPIO DE BIRIGUI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28657</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28657/523-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28657/523-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO CAPUT DO ART. 361 DA LEI COMPLEMENTAR Nº 110, E 10 DE MARÇO DE 2020 E ACRESCE PARÁGRAFO ÚNICO AO MESMO ARTIGO, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>28661</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28661/529-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28661/529-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÕES NA LEI COMPLEMENTAR Nº 110, E 10 DE MARÇO DE 2020, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>28662</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28662/532-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28662/532-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DOS CONDOMÍNIOS HORIZONTAIS DE ACESSO RESTRITO DE LOTES PARA FINS RESIDENCIAIS E URBANOS, NO ÂMBITO DO MUNICÍPIO DE BIRIGUI, QUE SE REGERÃO PELAS NORMAIS CONSTANTES DESTA LEI, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28713</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28713/605-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28713/605-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DA JORNADA DE TRABALHO DOS SERVIDORES QUE DESEMPENHAM SUAS FUNÇÕES NA OPERACIONALIZAÇÃO DE ALIMENTOS EM GERAL, NA DIRETORIA DE PRODUÇÃO E DISTRIBUIÇÃO DE MERENDA ESCOLAR E RESTAURANTE POPULAR DE BIRIGUI, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28716</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28716/610-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28716/610-2020.pdf</t>
   </si>
   <si>
     <t>INCLUI O ART. 284-A NA LEI COMPLEMENTAR Nº 110, DE 10 DE MARÇO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28800</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28800/oficio_no_197-2020_projeto_de_lei_compl_10-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28800/oficio_no_197-2020_projeto_de_lei_compl_10-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PARCELAMENTO DE SOLO, ATRAVÉS DA EXECUÇÃO DE CONJUNTO HABITACIONAL DESTINADO A MORADIAS POPULARES, A SER IMPLANTADO NA ZONA URBANA DO MUNICÍPIO, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>28819</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28819/oficio_218_2.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28819/oficio_218_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre inserção de cargos efetivos dos Guardas Civis Municipais ao Anexo 1 - 1. Cargos Efetivos e retifica seus padrões de vencimentos dentro da atual tabela de referência remuneratória para cargos efetivos da Lei Complementar n. 110, de 10 de março de 2020.</t>
   </si>
   <si>
     <t>28863</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28863/823-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28863/823-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE DOS PADRÕES DE REFERÊNCIA SALARIAL DO CARGO EFETIVO DE GUARDA CIVIL MUNICIPAL ESTABELECIDO PELO ART. 32-A DA LEI COMPLEMENTAR Nº 59/2014, INSERIDO PELA LEI COMPLEMENTAR Nº 94/2018 E ALTERADO PELA LEI COMPLEMENTAR Nº 101/2018</t>
   </si>
   <si>
     <t>29088</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29088/1112-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29088/1112-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO DOS CONDOMÍNIOS DE LOTES URBANOS PARA FINS RESIDENCIAIS, EM GLEBAS ACIMA DE 50.000,00M², NO ÂMBITO DO MUNICÍPIO DE BIRIGUI.</t>
   </si>
   <si>
     <t>29294</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29294/1516-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29294/1516-2020.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO CAPUT DO ART. 21 E SEU PARÁGRAFO ÚNICO DA LEI COMPLEMENTAR Nº 37, DE 4 DE AGOSTO DE 2011.</t>
   </si>
   <si>
     <t>29536</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29536/1896-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29536/1896-2020.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO ÚNICO DO ART. 28 DA LEI COMPLEMENTAR Nº 31/2010, ACRESCIDO PELA LEI COMPLEMENTAR Nº 38/2011 E ALTERADO PELA LEI COMPLEMENTAR Nº 97/2018</t>
   </si>
   <si>
     <t>28353</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28353/15-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28353/15-2020.pdf</t>
   </si>
   <si>
     <t>PROÍBE O MANUSEIO, A UTILIZAÇÃO, A QUEIMA E A SOLTURA DE FOGOS DE ESTAMPIDOS E DE ARTIFÍCIOS, ASSIM COMO DE QUAISQUER ARTEFATOS PIROTÉCNICOS DE EFEITO SONORO RUIDOSO NO MUNICÍPIO DE BIRIGUI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28356</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28356/19-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28356/19-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, A NATUREZA DE DESPESA 4.6.91.71.00, E PROVIDÊNCIAS CORRELATAS. .</t>
   </si>
   <si>
     <t>28357</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28357/20-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28357/20-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, A NATUREZA DE DESPESA 3.3.50.39.00, E PROVIDÊNCIAS CORRELATAS. .</t>
   </si>
   <si>
     <t>28358</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28358/21-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28358/21-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, O PROJETO Nº 1.103 - EXECUÇÃO DE TRECHO DE EMISSÁRIO DO BAIXOTES NO BAIRRO THEREZA MARIA BARBIERI, NA SECRETARIA DE SERVIÇOS PÚBLICOS, ÁGUA E ESGOTO E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28364</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28364/33-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28364/33-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE BIRIGUI DECLARADA DE UTILIDADE PÚBLICA MUNICIPAL PELA LEI Nº 422, DE 08 DE AGOSTO DE 1.960, REFERENTE AO INCREMENTO FINANCEIRO MAC PARA PRESTAÇÃO DE SERVIÇOS NO AMBULATÓRIO, DE INTERNAÇÃO HOSPITALAR E SERVIÇOS AMBULATORIAIS DESCRITOS NA PROGRAMAÇÃO PACTUADA INTEGRADA - P.P.I.,  NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28365</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28365/34-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28365/34-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE BIRIGUI DECLARADA DE UTILIDADE PÚBLICA MUNICIPAL PELA LEI Nº 422, DE 08 DE AGOSTO DE 1.960, REFERENTE AO CUSTEIO PARA MANUTENÇÃO DOS ATENDIMENTOS MÉDICOS HOSPITALARES, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28367</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28367/39-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28367/39-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, O PROJETO Nº 1.104 - REFORMA DO TERMINAL RODOVIÁRIO - PEDRO SANCHES Y SANCHES, NA SECRETARIA DE SERVIÇOS PÚBLICOS, ÁGUA E ESGOTO E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28368</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28368/40-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28368/40-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, O PROJETO Nº 1.105 - REFORMA E REVITALIZAÇÃO DA PRAÇA VERGINIA R. ARCHILA GALDEANO, NA SECRETARIA DE SERVIÇOS PÚBLICOS, ÁGUA E ESGOTO E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28369</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28369/41-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28369/41-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, O PROJETO Nº 1.106 - PISTA DE CAMINHADA - NÚCLEO HABITACIONAL THEREZA MARIA BARBIERI, NA SECRETARIA DE SERVIÇOS PÚBLICOS, ÁGUA E ESGOTO E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28370</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28370/42-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28370/42-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, A NATUREZA DE DESPESA 4.4.90.51.00, E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28371</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28371/43-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28371/43-2020.pdf</t>
   </si>
   <si>
     <t>28372</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28372/45-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28372/45-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O 1º E 2º MINI DISTRITOS INDUSTRIAIS E DISCIPLINA A IMPLANTAÇÃO DE EMPRESAS EM SUAS ÁREAS, ALÉM DE BENEFÍCIOS FISCAIS E OUTROS INCENTIVOS.</t>
   </si>
   <si>
     <t>28373</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28373/52-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28373/52-2020.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO AO ARTIGO 6º DA LEI Nº 4.886 DE 13 DE JUNHO DE 2007 QUE "INSTITUI O CÓDIGO DE POSTURAS BANCÁRIAS DO MUNICÍPIO DE BIRIGUI" E DÁ PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>28374</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28374/53-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28374/53-2020.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 2º DA LEI Nº 5.659 DE 18 DE MARÇO DE 2.013 "FICA INSTITUÍDO NO ÂMBITO DO MUNICÍPIO DE BIRIGUI, HOMENAGEM À GUARDA CIVIL , POLÍCIA MILITAR, POLÍCIA CIVIL E TIRO DE GUERRA" E ACRESCENTA ALÍNEAS AO ARTIGO 3º,  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28376</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28376/56-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28376/56-2020.pdf</t>
   </si>
   <si>
     <t>28377</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28377/57-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28377/57-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A FUNDAÇÃO PIO XII - HOSPITAL DE AMOR - BARRETOS, REFERENTE AO CUSTEIO DA ASSISTÊNCIA MÉDICO-HOSPITALAR GRATUITA À PACIENTES DO SUS QUE NECESSITEM DE TRATAMENTO ONCOLÓGICO, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>28378</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28378/58-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28378/58-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ATENDIMENTO PREFERENCIAL ÀS PESSOAS COM FIBROMIALGIA NOS LOCAIS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28379</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28379/64-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28379/64-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DIRETOR DE TECNOLOGIA DA INFORMAÇÃO - PDTI  E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28380</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28380/65-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28380/65-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, O PROJETO Nº 1.101 - IMPLANTAÇÃO DO PROJETO DE SETORIZAÇÃO E INSTALAÇÃO DE MACROMEDIDORES NO SISTEMA DE DISTRIBUIÇÃO DE ÁGUA DE BIRIGUI - 1ª ETAPA, NA SECRETARIA DE SERVIÇOS PÚBLICOS, ÁGUA E ESGOTO E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28392</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28392/85-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28392/85-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DA SENHORA MARIA HELOÍSA DOS SANTOS PARA DENOMINAR VIA PÚBLICA EM BIRIGUI</t>
   </si>
   <si>
     <t>28408</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28408/105-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28408/105-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A CONFEDERAÇÃO NACIONAL DE BIRIBOL, PARA PROPORCIONAR AOS MO-RADORES, DESPORTISTAS, EMPRESÁRIOS E SOCIEDADE BIRIGUIENSE, A MODALIDADE ESPORTIVA, RECREATIVA, BIRIBOL/VOLEIBOL DE PISCINA, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28409</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28409/107-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28409/107-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E AMA – ASSOCIAÇÃO DOS AMIGOS DO AUTISTA, PARA PROPORCIONAR O TRANSPORTE DE CRIANÇAS PORTADORAS DO TRANSTORNO DO ESPECTRO AUTISTA, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>28509</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28509/273-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28509/273-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SENHOR ANTÔNIO FORTUNA PARA DENOMINAR VIA PÚBLICA EM BIRIGUI</t>
   </si>
   <si>
     <t>28522</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28522/293-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28522/293-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, A NATUREZA DE DESPESA 3.3.20.41.00, E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28523</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28523/294-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28523/294-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, A NATUREZA DE DESPESA 3..90.05.00 E 3.1.90.07.00 E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28525</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28525/299-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28525/299-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, A NATUREZA DE DESPESA 3.3.50.39.00 E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28564</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28564/353-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28564/353-2020.pdf</t>
   </si>
   <si>
     <t>REVOGA EM SEU INTEIRO TEOR A LEI Nº 6.403, DE 4 DE AGOSTO DE 2017.</t>
   </si>
   <si>
     <t>28565</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28565/354-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28565/354-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SENHOR PEDRO PIACENTE PARA DENOMINAR BASE COMUNITÁRIA DA POLÍCIA MUNICIPAL EM BIRIGUI.</t>
   </si>
   <si>
     <t>28566</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28566/355-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28566/355-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO INDENIZAR DANOS CAUSADOS NO IMÓVEL DE PROPRIEDADE DA SENHORA CLEUZA COSTA GONZALES, DECORRENTES DE ROMPIMENTO DE TUBULAÇÃO DA REDE DE ÁGUA DO MUNICÍPIO, NOS TERMOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28577</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28577/386-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28577/386-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR TRANSFERÊNCIA DE RECURSOS DO FUNDEB À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE BIRIGUI (APAE), NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>28581</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28581/392-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28581/392-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "MÊS DO ARTESANATO E CRIA O DIA DO ARTESÃO" NO MUNICÍPIO DE BIRIGUI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28590</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28590/423-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28590/423-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OBRIGATORIEDADE DA FIXAÇÃO DE ADESIVO DE "COMO ESTOU DIRIGINDO?", EM MOTOCICLETAS USADAS PARA TRANSPORTE E ENTREGA DE MERCADORIAS, CONTENDO O NÚMERO DE TELEFONE DA EMPRESA RESPONSÁVEL</t>
   </si>
   <si>
     <t>28615</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28615/451-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28615/451-2020.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A ALÍNEA "B" D, DO INCISO I, DO ART. 3º DA LEI Nº 4.834, DE 28 DE FEVEREIRO DE 2007, ALTERADO PELA LEI Nº 6.654, DE 6 DE DEZEMBRO DE 2018</t>
   </si>
   <si>
     <t>28616</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28616/455-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28616/455-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PRIMEIRO TRATAMENTO DE PACIENTE COM NEOPLASIA MALIGNA COMPROVADA E ESTABELECE PRAZO PARA SEU INÍCIO.</t>
   </si>
   <si>
     <t>28619</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28619/459-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28619/459-2020.pdf</t>
   </si>
   <si>
     <t>28626</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28626/469-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28626/469-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE BIRIGUI, REFERENTE AO CUSTEIO PARA REABILITAÇÃO E HABILITAÇÃO DE PESSOA COM DEFICIÊNCIA INTELECTUAL E MÚLTIPLA VISANDO MELHORAR A QUALIDADE DE VIDA, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATADAS</t>
   </si>
   <si>
     <t>28654</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28654/520-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28654/520-2020.pdf</t>
   </si>
   <si>
     <t>28655</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28655/521-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28655/521-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A ASSOCIAÇÃO DE DIABETES JUVENIL DA REGIÃO NOROESTE PAULISTA - ADJ, REFERENTE AO CUSTEIO PARA ATENDIMENTOS COM PSICÓLOGA, NUTRICIONISTA E MÉDICO EM CRIANÇAS E ADOLESCENTES COM DIABETES, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>28656</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28656/522-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28656/522-2020.pdf</t>
   </si>
   <si>
     <t>REVOGA EM SEU INTEIRO TEOR A LEI Nº 6.753, DE 16 DE AGOSTO DE 2019</t>
   </si>
   <si>
     <t>28658</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28658/524-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28658/524-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE BIRIGUI, REFERENTE AO INCREMENTO FINANCEIRO MAC PARA PRESTAÇÃO DE SERVIÇOS NO AMBULATÓRIO, DE INTERNAÇÃO HOSPITALAR E SERVIÇOS AMBULATORIAIS DESCRITOS NA PROGRAMAÇÃO PACTUADA INTEGRADA - P.P.I., NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28659</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28659/525-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28659/525-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI A FIRMAR CONVÊNIO COM A EMPRESA MIRELE YUMI IDERIHA - ME, NOS TERMOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28663</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28663/533-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28663/533-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI PRÊMIO DE INCENTIVO À PRODUTIVIDADE AOS FISCAIS EM GERAL, INTEGRANTES DO QUADRO DE SERVIDORES DO MUNICÍPIO DE BIRIGUI, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28680</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28680/566-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28680/566-2020.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO XX DO ART. 3º, DA LEI Nº 6.535, DE 15 DE MARÇO DE 2018</t>
   </si>
   <si>
     <t>28710</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28710/601-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28710/601-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI, ESTADO DE SÃO PAULO A FORMALIZAR CONVÊNIO COM A ASSOCIAÇÃO NACIONAL DOS REGISTRADORES DE PESSOAS NATURAIS - ARPEN BRASIL, OBJETIVANDO A UTILIZAÇÃO DO SISTEMA ELETRÔNICO DE BUSCAS PERANTE A CENTRAL DE INFORMAÇÕES DE REGISTRO CIVIL DAS PESSOAS NATURAIS - CRC</t>
   </si>
   <si>
     <t>28711</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28711/602-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28711/602-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI, ESTADO DE SÃO PAULO A FORMALIZAR CONVÊNIO COM A ASSOCIAÇÃO NACIONAL DOS REGISTRADORES DE IMÓVEIS DE SÃO PAULO - ARISP BRASIL, OBJETIVANDO REALIZAÇÃO DE ATOS DE FORMA ELETRÔNICA PERANTE OS REGISTROS IMOBILIÁRIOS DO ESTADO DE SÃO PAULO</t>
   </si>
   <si>
     <t>28712</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28712/604-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28712/604-2020.pdf</t>
   </si>
   <si>
     <t>PROMOVE AS ALTERAÇÕES NECESSÁRIAS NA LEGISLAÇÃO MUNICIPAL, PARA FINS DE ADEQUAÇÃO ÀS REGRAS CONSTITUCIONAIS, EM ESPECIAL NA LEI MUNICIPAL Nº 4.054, DE 8 DE MAIO DE 2002, QUE DISPÕE SOBRE O PLANO DE CUSTEIO</t>
   </si>
   <si>
     <t>28714</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28714/607-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28714/607-2020.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO I, DO ART. 8º DA LEI Nº 6.771, DE 20 DE SETEMBRO DE 2019</t>
   </si>
   <si>
     <t>28715</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28715/608-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28715/608-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, O PROJETO Nº 1.107 - REQUALIFICAÇÃO DA PRAÇA NOSSA SENHORA DE FÁTIMA, NA SECRETARIA MUNICIPAL DE SERVIÇOS PÚBLICOS E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28717</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28717/611-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28717/611-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE DOS PADRÕES DE VENCIMENTOS E SALÁRIOS DOS SERVIDORES DO MUNICÍPIO E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28718</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28718/612-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28718/612-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ABONO MENSAL AOS SERVIDORES ATIVOS DO MUNICÍPIO DE BIRIGUI E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28719</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28719/613-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28719/613-2020.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O VALOR DO "VALE ALIMENTAÇÃO " INSTITUÍDO PELA LEI Nº 4.022, DE 25 DE JANEIRO DE 2.002, ALTERADA POR LEIS POSTERIORES, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>28720</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28720/614-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28720/614-2020.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O VALOR DO "PRÊMIO POR ASSIDUIDADE", PRORROGA SUA VIGÊNCIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28722</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28722/617-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28722/617-2020.pdf</t>
   </si>
   <si>
     <t>REAJUSTA OS SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E SECRETÁRIOS DO MUNICÍPIO DE BIRIGÜI E DISPÕE SOBRE OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28723</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28723/618-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28723/618-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REVISÃO GERAL ANUAL DOS PADRÕES DE VENCIMENTOS E SALÁRIOS DOS SERVIDORES DA CÂMARA MUNICIPAL DE BIRIGÜI E OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28724</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28724/619-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28724/619-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE DO ‘VALE ALIMENTAÇÃO” DOS SERVIDORES DA CÂMARA MUNICIPAL DE BIRIGÜI E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28725</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28725/620-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28725/620-2020.pdf</t>
   </si>
   <si>
     <t>MAJORA O VALOR DO PRÊMIO ASSIDUIDADE DOS SERVIDORES DA CÂMARA MUNICIPAL DE BIRIGUI, NOS TERMOS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28727</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28727/623-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28727/623-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI ALTERAR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, A ESTRUTURA ORÇAMENTÁRIA, CONFORME LEI COMPLEMENTAR 110 DE 10 DE MARÇO DE 2.020, E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28737</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28737/oficio_182_20_2.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28737/oficio_182_20_2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI A INCLUIR E REALIZAR TRANSPOSIÇÃO E TRANSFERÊNCIA DE DOTAÇÕES CONSIGNADAS NA LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL PPA DE 2018 A 2021 E ALTERAÇÕES, E PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>28750</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28750/649-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28750/649-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, O PROJETO Nº 1.107 - REQUALIFICAÇÃO DA PRAÇA RAUL CARDOSO, NA SECRETARIA MUNICIPAL DE SERVIÇOS PÚBLICOS, E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28751</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28751/650-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28751/650-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE DOS PADRÕES DE VENCIMENTOS E SALÁRIOS DOS SERVIDORES DO MUNICÍPIO E PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>28752</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28752/652-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28752/652-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE BIRIGUI DECLARADA DE UTILIDADE PÚBLICA MUNICIPAL PELA LEI Nº 422, DE 08 DE AGOSTO DE 1.960, REFERENTE A REFORMA DO DEPÓSITO DA FARMÁCIA (TÉRREO) E PAVIMENTO SUPERIOR, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28797</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28797/oficio_191_-_pl_62_1.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28797/oficio_191_-_pl_62_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO INTEGRAL DO "PRÊMIO POR ASSIDUIDADE", NO PERÍODO DE ADOÇÃO DE MEDIDAS TEMPORÁRIAS E EMERGENCIAIS EM CONSEQUÊNCIA DA PANDEMIA DO COVID-19, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>28798</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28798/63_20_-_oficio_183.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28798/63_20_-_oficio_183.pdf</t>
   </si>
   <si>
     <t>REVOGA EM SEU INTEIRO TEOR A LEI Nº 6.746, DE 24 DE JUNHO DE 2019.</t>
   </si>
   <si>
     <t>28799</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28799/64_20_-_oficio_194.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28799/64_20_-_oficio_194.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE ESCRITURA DEFINITIVA A EMPRESA M. M. SALLAUME MÁQUINAS E FERRAMENTAS ME-EPP, NOS TERMOS DO ART. 5º DA LEI Nº 5.477/2011, ALTERADO PELA LEI Nº 6.664/2018, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>28801</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28801/projeto_de_lei_65-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28801/projeto_de_lei_65-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REAJUSTE DA REMUNERAÇÃO DOS SERVIÇOS PRESTADOS PELA CORPORAÇÃO MUSICAL MUNICIPAL "MAESTRO ANTONIO PASSARELLI" POR APRESENTAÇÃO OFICIAL, CONFORME LEI MUNICIPAL Nº 6.188/2016 E PROVIDÊNCIAS CORRELATAS"</t>
   </si>
   <si>
     <t>28846</t>
   </si>
   <si>
     <t>Claudio Barbosa de Souza(Kal)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28846/793-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28846/793-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SENHOR EDEMIR DIAS DE PAIVA PARA DENOMINAR VIA PÚBLICA EM BIRIGUI</t>
   </si>
   <si>
     <t>28859</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28859/oficio_2411.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28859/oficio_2411.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI A DESDOBRAR DOTAÇÃO E ABRIR CRÉDITO ADICIONAL ESPECIAL JUNTO A LEI Nº 6.660/2018 - LEI ORÇAMENTÁRIA DE 2019, NA LEI Nº 6.588/2018 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2019 E NA LEI Nº 6430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28875</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28875/837-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28875/837-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR TRANSFERÊNCIA DE RECURSOS DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL - FMAS, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>28876</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28876/841-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28876/841-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES GERIAS PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28892</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28892/860-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28892/860-2020.pdf</t>
   </si>
   <si>
     <t>ACRESCE § 4º AO ARTIGO 6º DA LEI Nº 6.188, DE 30 DE MARÇO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28893</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28893/861-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28893/861-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA INCREMENTO FINANCEIRO, ATRAVÉS DE TERMO ADITIVO AO CONVÊNIO MAC CELEBRADO ENTRE O MUNICÍPIO DE BIRIGUI E A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE BIRIGUI DECLARADA DE UTILIDADE  PÚBLICA MUNICIPAL PELA LEI Nº 422, DE 08 DE AGOSTO DE 1.960, PARA ASSISTÊNCIA MÉDICA HOSPITALAR DE CASOS SUSPEITOS DE COVID-19, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28932</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28932/902-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28932/902-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO INDENIZAR O SENHOR ANTONIO BARBARA JUNIOR, PARA FINS DE REPARAÇÃO DE DANOS NO IMÓVEL ONDE FUNCIONAVA A UBS-8, NO BAIRRO JANDAIA RESIDENCIAL PARQUE, NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>28943</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28943/914-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28943/914-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI ABRIR CRÉDITOS ADICIONAIS JUNTO A LEI À LEI Nº 6.808/2019P - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28963</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28963/943-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28963/943-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DA SENHORA EMÍLIA MARCUCI STÁBILE PARA DENOMINAR VIA PÚBLICA EM BIRIGUI.</t>
   </si>
   <si>
     <t>28964</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28964/944-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28964/944-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DA SENHORA ANAYR CONCEIÇÃO FERRAZ PARA DENOMINAR VIA PÚBLICA EM BIRIGUI.</t>
   </si>
   <si>
     <t>28966</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28966/946-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28966/946-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE POSTURAS, ORGANIZAÇÃO E COMPARTILHAMENTO DE INFRAESTRUTURA PELOS AGENTES QUE EXPLORAM OS SERVIÇOS DE ENERGIA ELÉTRICA E DE TELECOMUNICAÇÕES E PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>28967</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28967/947-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28967/947-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "GUARANÁ PAULISTINHA" COMO BEBIDA TÍPICA DE BIRIGUI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28969</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28969/967-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28969/967-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA COMPOSIÇÃO AMIGÁVEL DE ÁREA DE TERRA URBANA COM BENFEITORIA, NECESSÁRIA PARA OBRAS FUTURAS DE DESASSOREAMENTO/DRAGAGEM DO CÓRREGO BIRIGUI E DO RIBEIRÃO BAIXOTES, NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>28971</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28971/969-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28971/969-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O "ABRIL GRENÁ" E O "DIA MUNICIPAL DE PREVENÇÃO E COMBATE AO CÂNCER BUCAL" NO MUNICÍPIO DE BIRIGUI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28972</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28972/975-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28972/975-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI ABRIR CRÉDITO ADICIONAL ESPECIAL A LEI A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28973</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28973/976-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28973/976-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI INCLUIR JUNTO A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, O PROJETO Nº 1.109 - MODERNIZAÇÃO DO BANCO DE ALIMENTOS DE BIRIGUI, NA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29017</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29017/1022-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29017/1022-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE CESSÃO DE USO A TÍTULO GRATUITO DE LOTES DE TERRENOS, LOCALIZADOS NO LOTEAMENTO JARDIM ALTO SILVARES, À CÂMARA MUNICIPAL DE BIRIGUI, NOS TERMOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>29021</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29021/1026-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29021/1026-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SENHOR ANTONIO FABRÍCIO PARA DENOMINAR VIA PÚBLICA EM BIRIGUI</t>
   </si>
   <si>
     <t>29022</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29022/1027-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29022/1027-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DA SENHORA ITAMAR DA SILVA GIAMPIETRO PARA DENOMINAR VIA PÚBLICA EM BIRIGUI</t>
   </si>
   <si>
     <t>29023</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29023/1028-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29023/1028-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SENHOR ARMANDO DELLE PARA DENOMINAR VIA PÚBLICA EM BIRIGUI</t>
   </si>
   <si>
     <t>29058</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29058/1066-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29058/1066-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI A LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29081</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29081/1102-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29081/1102-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR TRANSFERÊNCIA DE RECURSOS DO FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE - FMDCA, NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>29084</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29084/1108-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29084/1108-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE BIRIGUI, DECLARADA DE UTILIDADE PÚBLICA MUNICIPAL PELA LEI Nº 422, DE 08 DE AGOSTO DE 1.960, REFERENTE AO INCREMENTO FINANCEIRO MAC PARA PRESTAÇÃO DE SERVIÇOS MÉDICO-HOSPITALARES AMBULATORIAL, DE INTERNAÇÃO HOSPITALAR, ESPECIALMENTE OS DESCRITOS NA PROGRAMAÇÃO PACTUADA INTEGRADA, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29085</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29085/1109-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29085/1109-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE BIRIGUI DECLARADA DE UTILIDADE PÚBLICA MUNICIPAL PELA LEI Nº 422, DE 08 DE AGOSTO DE 1.960, PARA PRESTAÇÃO DE SERVIÇOS DE ASSISTÊNCIA MÉDICA HOSPITALAR DE CASOS SUSPEITOS DE COVID-19, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29086</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29086/1110-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29086/1110-2020.pdf</t>
   </si>
   <si>
     <t>29089</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29089/1113-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29089/1113-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO ART. 48 DA LEI Nº 5.989, DE 9 DE MARÇO DE 2015</t>
   </si>
   <si>
     <t>29099</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29099/1128-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29099/1128-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR REPASSE FINANCEIRO EMERGENCIAL DE RECURSOS FEDERAIS, NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>29100</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29100/1129-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29100/1129-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A ORGANIZAÇÃO NÃO GOVERNAMENTAL DA SAÚDE DE BIRIGUI, PARA CESSÃO DE UMA SALA DO CENTRO MÉDICO DE ESPECIALIDADES, PARA IMPLANTAÇÃO DE UMA CENTRAL DE ACOLHIMENTO TÉCNICO, COM CLASSIFICAÇÃO DE RISCO, PARA MONITORAR CASOS SUSPEITOS DE COVID-19 E CRIAR ESTRATÉGIAS DE COMBATE A PANDEMIA, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29123</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29123/1188-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29123/1188-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 4.804/2006, QUE DISPÕE SOBRE A REESTRUTURAÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DE BIRIGUI/SP PARA FINS DE ADEQUAÇÃO AO PROGRAMA DE CERTIFICAÇÃO INSTITUCIONAL E MODERNIZAÇÃO DA GESTÃO DOS REGIMES PRÓPRIOS DE PREVIDÊNCIA SOCIAL DA UNIÃO, DOS ESTADOS, DO DISTRITO FEDERAL E DOS MUNICÍPIOS - PRÓ-GESTÃO RPPS</t>
   </si>
   <si>
     <t>29124</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29124/1189-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29124/1189-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A SUSPENSÃO DO REPASSE DE VALORES AO INSTITUTO DE PREVIDÊNCIA DE BIRIGUI - BIRIGUIPREV, NOS TERMOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>29127</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29127/1255-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29127/1255-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DA SENHORA CECÍLIA APARECIDA POLIZEL MOZOLI PARA DENOMINAR VIA PÚBLICA EM BIRIGUI</t>
   </si>
   <si>
     <t>29128</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29128/1257-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29128/1257-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ALIENAR IMÓVEL, POR DOAÇÃO, À FAZENDA DO ESTADO DE SÃO PAULO, DESTINADO À SECRETARIA DE ESTADO DOS NEGÓCIOS DA SEGURANÇA PÚBLICA, PARA CONSTRUÇÃO E INSTALAÇÃO DO 2º BATALHÃO DE POLÍCIA AMBIENTAL E 1ª COMPANHIA DA POLÍCIA AMBIENTAL.</t>
   </si>
   <si>
     <t>29129</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29129/1259-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29129/1259-2020.pdf</t>
   </si>
   <si>
     <t>PROMOVE AS ALTERAÇÕES NECESSÁRIAS NA LEGISLAÇÃO MUNICIPAL, PARA FINS DE ADEQUAÇÃO ÀS REGRAS CONSTITUCIONAIS, EM ESPECIAL NA LEI MUNICIPAL Nº 4.054, DE 8 DE MAIO DE 2002, QUE DISPÕE SOBRA PLANO DE CUSTEIO</t>
   </si>
   <si>
     <t>29132</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29132/1273-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29132/1273-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE BIRIGUI DECLARADA DE UTILIDADE PÚBLICA MUNICIPAL PELA LEI Nº 422, DE 08 DE AGOSTO DE 1.960, REFERENTE AO INCREMENTO FINANCEIRO MAC PARA PRESTAÇÃO DE SERVIÇOS MÉDICO-HOSPITALARES, AMBULATORIAL, DE INTERNAÇÃO HOSPITALAR, ESPECIALMENTE OS DESCRITOS NA PROGRAMAÇÃO PACTUADA INTEGRADA, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29141</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29141/1286-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29141/1286-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REGULARIZAÇÃO DO ALARGAMENTO DA RUA NATAL MASSON, DESTA CIDADE, NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>29142</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29142/1287-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29142/1287-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI A ABRIR CRÉDITO ADICIONAL ESPECIAL NA LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29143</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29143/1292-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29143/1292-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO § 2º DO ART. 52 E DO ART. 59 DA LEI Nº 6.025, DE 22 DE MAIO DE 2015, ALTERADOS PELA LEI Nº 6.742, DE 24 DE JUNHO DE 2019.</t>
   </si>
   <si>
     <t>29154</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29154/1305-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29154/1305-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DAS ALAMEDAS DO RESIDENCIAL "VILLA LOBOS" E DAS VIAS EXTERNAS ANEXA AO RESIDENCIAL "VILLA LOBOS" EM BIRIGUI</t>
   </si>
   <si>
     <t>29160</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29160/1313-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29160/1313-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR TRANSFERÊNCIA DE RECURSOS ALOCADOS NO FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE - FMDCA, PROVENIENTE DE RECURSOS FEDERAIS, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>29162</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29162/1317.2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29162/1317.2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR TRANSFERÊNCIA DE RECURSOS ALOCADOS NO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL - FMAS, PROVENIENTE DE RECURSOS FEDERAIS, NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>29167</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29167/1323-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29167/1323-2020.pdf</t>
   </si>
   <si>
     <t>INSERE INCISO XII AO ART. 2º DA LEI Nº 4.834, DE 28 DE FEVEREIRO DE 2007</t>
   </si>
   <si>
     <t>29168</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29168/1324-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29168/1324-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 1º DA LEI Nº 6747, DE 1º DE JULHO DE 2019.</t>
   </si>
   <si>
     <t>29183</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29183/1341-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29183/1341-2020.pdf</t>
   </si>
   <si>
     <t>RECONHECE AS ATIVIDADES RELIGIOSAS E LOCAIS DE CULTO COMO SERVIÇOS ESSENCIAIS AO MUNICÍPIO DE BIRIGUI, ANTES, DURANTE E APÓS TEMPOS DE CRISES OCASIONADOS POR MOLÉSTIAS CONTAGIOSAS OU CATÁSTROFES NATURAIS.</t>
   </si>
   <si>
     <t>29186</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29186/1347-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29186/1347-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO CAPUT DO ART. 1º E DO INCISO I DO MESMO ARTIGO, DA LEI Nº 5.153, DE 9 DE ABRIL DE 2009</t>
   </si>
   <si>
     <t>29187</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29187/1348-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29187/1348-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR REPASSE DE ALIMENTOS, PROVENIENTES DE RECURSOS FEDERAIS, NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>29191</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29191/1353-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29191/1353-2020.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 2º, ACRESCIDO DE §§ 1º E 2º, DA LEI MUNICIPAL Nº 5.804, DE 27 DE MARÇO DE 2014, QUE "AUTORIZA O MUNICÍPIO DE BIRIGUI A OUTORGAR CONCESSÃO DE USO DO ESTÁDIO MUNICIPAL PEDRO MARIN BERBEL AO BANDEIRANTE ESPORTE CLUBE, NOS TERMOS QUE ESPECIFICA".</t>
   </si>
   <si>
     <t>29192</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29192/1354-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29192/1354-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE BIRIGUI, DECLARADA DE UTILIDADE PÚBLICA MUNICIPAL PELA LEI Nº 422, DE 08 DE AGOSTO DE 1.960, PARA PRESTAÇÃO DE SERVIÇOS DE ASSISTÊNCIA MÉDICA HOSPITALAR DE CASOS SUSPEITOS DE COVID-19, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29193</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29193/1355-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29193/1355-2020.pdf</t>
   </si>
   <si>
     <t>29218</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29218/1386-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29218/1386-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DOS §§ 1º DE 2º DO ART. 52 E DO CAPUT DO ART. 59 DA LEI Nº 6.025, DE 22 DE MAIO DE 2015, ALTERADOS PELA LEI Nº 6.742, DE 24 DE JUNHO DE 2019.</t>
   </si>
   <si>
     <t>29228</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29228/1396-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29228/1396-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SENHOR "LEONARDO SABIONI" PARA DENOMINAR SEDE ADMINISTRATIVA EM BIRIGUI</t>
   </si>
   <si>
     <t>29239</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29239/1408-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29239/1408-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SENHOR JORGE FERREIRA DE CASTILHO PARA DENOMINAR VIA PÚBLICA EM BIRIGUI.</t>
   </si>
   <si>
     <t>29241</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29241/1410-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29241/1410-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 1º DA LEI 6755, DE 16 DE AGOSTO DE 2019 (ADOÇÃO DO NOME DO SENHOR FRANCISCO PUERTAS "KIKO" PARA DENOMINAR AVENIDA PÚBLICA EM BIRIGUI)</t>
   </si>
   <si>
     <t>29242</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29242/1412-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29242/1412-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR TRANSFERÊNCIA DE RECURSOS FEDERAIS, PROVENIENTES DE EMENDAS PARLAMENTARES DO GOVERNO FEDERAL, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>29243</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29243/1413.2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29243/1413.2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE BIRIGUI REFERENTE AO INCREMENTO FINANCEIRO MAC, PARA AQUISIÇÃO DE MATERIAIS PERMANENTES, MATERIAIS DE CONSUMO, SERVIÇOS DE TERCEIROS - PESSOA JURÍDICA E PARA PAGAMENTO DE PARTE DE RECURSOS HUMANOS NECESSÁRIOS PARA ATENDIMENTO DE REABILITAÇÃO E HABILITAÇÃO DE PACIENTES DA APAE, ESPECIALMENTE OS DESCRITOS NA PROGRAMAÇÃO, NOS TERMOS QUE ESPECIFICA E  E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29246</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29246/1420-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29246/1420-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SENHOR EDEMIR DIAS DE PAIVA PARA DENOMINAR VIA PÚBLICA EM BIRIGUI (REVOGA A LEI MUNICIPAL Nº 6900, DE 25 DE JUNHO DE 2020).</t>
   </si>
   <si>
     <t>29247</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29247/1421-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29247/1421-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 1º DA LEI Nº 6893, DE 22 DE JUNHO DE 2020.</t>
   </si>
   <si>
     <t>29248</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29248/1424-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29248/1424-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA ALIENAÇÃO DE FAIXA DE TERRA SEM BENFEITORIAS, LOCALIZADA NA RUA ESTADOS UNIDOS, ESQUINA COM A RUA VINTE E UM DE ABRIL, NO BAIRRO PARQUE RESIDENCIAL NELSON CALIXTO, DESTA CIDADE, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>29253</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29253/1431-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29253/1431-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DE INCISOS AO ART. 3º E ALTERA REDAÇÃO DO ART. 7º DA LEI Nº 5.594, DE 6 DE SETEMBRO DE 2012.</t>
   </si>
   <si>
     <t>29254</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29254/1432-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29254/1432-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O FUNDO ESPECIAL DO PROGRAMA PATRULHA AGRÍCOLA, CRIADO PELA LEI Nº 5.594, DE 6 DE SETEMBRO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>29276</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29276/1464-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29276/1464-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI ABRIR CRÉDITOS ADICIONAIS JUNTO A LEI a LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2.020, NA LEI Nº 6.740/2.019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2.020 E NA LEI Nº 6.430/2.017 - PLANO PLURIANUAL-PPA DE 2018 A 2021 E ALTERAÇÕES, E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29309</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29309/1534-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29309/1534-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A FILIAÇÃO DO MUNICÍPIO DE BIRIGUI/SP À CONFEDERAÇÃO NACIONAL DE MUNICÍPIOS (CNM) E O PAGAMENTO DAS CONTRIBUIÇÕES CORRESPONDENTES</t>
   </si>
   <si>
     <t>29318</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29318/1548-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29318/1548-2020.pdf</t>
   </si>
   <si>
     <t>ACRESCE §2º AO ART. 2º DA LEI Nº 3.492, DE 2 DE JULHO DE 1997.</t>
   </si>
   <si>
     <t>29319</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29319/1549-2020_completo.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29319/1549-2020_completo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE AUXÍLIO FINANCEIRO A TÍTULO DE SUBVENÇÃO ECONÔMICA, A EMPRESA CONCESSIONÁRIA DO SERVIÇO DE TRANSPORTE COLETIVO URBANO DE PASSAGEIROS DO MUNICÍPIO DE BIRIGUI, ABRE CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>29320</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29320/1550-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29320/1550-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUINICIPAL A FIRMAR TERMO DE CESSÃO DE USO COM O SENHOR EDSON PIZZO, DO POÇO ARTESIANO INSTALADO NO IMÓVEL LOCALIZADO NA AVENIDA EUCLIDES MIRAGAIA, NOS TERMOS QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>29321</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29321/1551-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29321/1551-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CESSÃO DE USO COM O SENHOR ANTÔNIO CARLOS VENDRAME, DO PÇO ARTESIANO INSTALADO NO IMÓVEL LOCALIZADO NO JARDIM MESTRINER, NA RODOVIA DE ACESSO A MARECHAL RONDOM S/N, NOS TERMOS QUE ESPECIFICA</t>
   </si>
   <si>
     <t>29335</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29335/1569-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29335/1569-2020.pdf</t>
   </si>
   <si>
     <t>29336</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29336/1570-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29336/1570-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE CAPACITAÇÃO SOBRE O TRANSTORNO DO ESPECTROAUTISTA (TEA) PARA PROFESSORES DAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE BIRIGUI</t>
   </si>
   <si>
     <t>29337</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29337/1572-2020_loa.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29337/1572-2020_loa.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE BIRIGUI-SP PARA O EXERCÍCIO DE 2.021.</t>
   </si>
   <si>
     <t>29338</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29338/1576-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29338/1576-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADOÇÃO DO NOME IRMÃOS RINALDINI PARA DENOMINAR PLENÁRIO DE SEDE ADMINISTRATIVA EM BIRIGUI</t>
   </si>
   <si>
     <t>29339</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29339/1577-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29339/1577-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SENHOR ARLINDO CRISTOVAM PARA DENOMINAR PLENÁRIO DE SEDE ADMINISTRATIVA EM BIRIGUI</t>
   </si>
   <si>
     <t>29346</t>
   </si>
   <si>
     <t>Felipe Barone Brito (Felipe Barone), Leandro Moreira - (Leandro - Lê)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29346/1586-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29346/1586-2020.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO PARÁGRAFO ÚNICO DA LEI Nº 6725, DE 14 DE MAIO DE 2019.</t>
   </si>
   <si>
     <t>29348</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29348/1594-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29348/1594-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SENHOR ARLINDO TEODOSIO DA SILVA PARA DENOMINAR VIA PÚBLICA EM BIRIGUI.</t>
   </si>
   <si>
     <t>29371</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29371/1624-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29371/1624-2020.pdf</t>
   </si>
   <si>
     <t>ADOTA A AGENDA 2030 PARA O DESENVOLVIMENTO SUSTENTÁVEL DA ORGANIZAÇÃO DAS NAÇÕES UNIDAS (ONU) COMO DIRETRIZ DE POLÍTICAS PÚBLICAS EM ÂMBITO MUNICIPAL, INSTITUI O PROGRAMA DE SUA IMPLEMENTAÇÃO, AUTORIZA A CRIAÇÃO DO CONSELHO MUNICIPAL PARA O DESENVOLVIMENTO SUSTENTÁVEL (AGENDA 2030) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>29372</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29372/1634-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29372/1634-2020.pdf</t>
   </si>
   <si>
     <t>29405</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29405/1675-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29405/1675-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE BIRIGUI A INCLUIR E REALIZAR TRANSPOSIÇÃO E TRANSFERÊNCIA DE DOTAÇÕES CONSIGNADAS NA LEI Nº 6.808/2019 - LEI ORÇAMENTÁRIA DE 2020, NA LEI Nº 6.740/2019 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020 E NA LEI Nº 6.430/2017 - PLANO PLURIANUAL PPA DE 2018 A 2021 E ALTERAÇÕES, PARA REPRIORIZAÇÃO DAS AÇÕES NO ÂMBITO DOS PROGRAMAS DO PODER EXECUTIVO E PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>29418</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29418/1699-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29418/1699-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DOS SENHOR JUVENAL PALUDETTO PARA DENOMINAR VIA PÚBLICA EM BIRIGUI.</t>
   </si>
   <si>
     <t>29419</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29419/1700-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29419/1700-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DOS SENHOR MIGUEL JOAQUIM DE OLIVEIRA PARA DENOMINAR VIA PÚBLICA EM BIRIGUI.</t>
   </si>
   <si>
     <t>29420</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29420/1701-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29420/1701-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DOS SENHOR RAFAEL MARCUZI PARA DENOMINAR VIA PÚBLICA EM BIRIGUI.</t>
   </si>
   <si>
     <t>29450</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29450/1748-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29450/1748-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A FIRMAR CONVÊNIO COM A FUNDAÇÃO MUNICIPAL DE ENSINO DE BIRIGUI, VISANDO A PRESTAÇÃO DE SERVIÇOS DE IMPLEMENTAÇÃO, TREINAMENTO E MANUTENÇÃO DE SISTEMA PARA GESTÃO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, DAS ESCOLAS E CENTROS DE EDUCAÇÃO INFANTIL MUNCIPAIS DE BIRIGUI</t>
   </si>
   <si>
     <t>29453</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29453/1752-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29453/1752-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SR JOSÉ BORELLA PARA DENOMINAR VIA PÚBLICA EM BIRIGUI.</t>
   </si>
   <si>
     <t>29463</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29463/1778-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29463/1778-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE BIRIGUI, REFERENTE CUSTEIO PARA AQUISIÇÃO DE MATERIAIS PERMANENTES, MATERIAIS DE CONSUMO, SERVIÇOS DE TERCEIROS PARA ATENDIMENTO DE REABILITAÇÃO E HABILITAÇÃO, HUMANIZADO E DE QUALIDADE AOS PACIENTES DA APAE,  NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29470</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29470/1788-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29470/1788-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE CAPACITAÇÃO SOBRE O TRANSTORNO DO ESPECTRO AUTISTA (TEA) PARA PROFESSORES DAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE BIRIGUI, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>29471</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29471/1793-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29471/1793-2020.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE BIRIGUI O PROGRAMA DE RECUPERAÇÃO DE TRIBUTOS - PRT</t>
   </si>
   <si>
     <t>29477</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29477/1815-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29477/1815-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DO SENHOR RUBENS SERVELATTI PARA DENOMINAR VIA PÚBLICA DE BIRIGUI</t>
   </si>
   <si>
     <t>29483</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29483/1824-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29483/1824-2020.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO DO INCISO I, DO ART. 71, DA LEI MUNICIPAL Nº 4.804, DE 13 DE NOVEMBRO DE 2006 QUE DISPÕE SOBRE A RESTRUTURAÇÃO DO REGIME DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DE BIRIGUI/SP</t>
   </si>
   <si>
     <t>29490</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29490/1835-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29490/1835-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DESMEMBRAMENTO E PERMUTA DE ÁREAS DE TERRA, NOS TERMOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>29502</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29502/1854-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29502/1854-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE BIRIGUI, REFERENTE A SUBVENÇÃO PARA AQUISIÇÃO DE MATERIAI DE CONSUMO, SERVIÇOS DE TERCEIROS PARA ATENDIMENTO DE REABILITAÇÃO E HABILITAÇÃO, HUMANIZADO E DE QUALIDADE AOS PACIENTES DA APAE, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29503</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29503/1855-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29503/1855-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE BIRIGUI DECLARADA  DE UTILIDADE PÚBLICA MUNICIPAL PELA LEI Nº 422, DE 08 DE AGOSTO DE 1.960, REFERENTE AO CUSTEIO PARA PRESTAÇÃO DE SERVIÇOS DE ASSISTÊNCIA MÉDICA HOSPITALAR EM UTI DE CASOS DE COVID-19, NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29505</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29505/1857-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29505/1857-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROMOVER, MEDIANTE DAÇÃO EM PAGAMENTO COM BENS IMÓVEIS DE PROPRIEDADE DO MUNICÍPIO, A AMORTIZAÇÃO TOTAL OU PARCIAL DO DÉFICIT TÉCNICO ATUARIAL DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS DE BIRIGUI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>29506</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29506/1858-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29506/1858-2020.pdf</t>
   </si>
   <si>
     <t>ADOÇÃO DO NOME DA SRA. ALICE BATISTA BIANCHI PARA DENOMINAR VIA PÚBLICA EM BIRIGUI</t>
   </si>
   <si>
     <t>29529</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29529/1884-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29529/1884-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A DESMEMBRAR E PERMUTAR DE ÁREAS DE TERRA, NOS TERMOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>29530</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29530/1885-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29530/1885-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO ENTRE O MUNICÍPIO DE BIRIGUI E A EMPRESA J.C.V. EMPREENDIMENTOS IMOBILIÁRIOS LTDA., NOS TERMOS QUE ESPECIFICA E PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>29533</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29533/1893-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29533/1893-2020.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ART. 1º, "CAPUT", DA LEI MUNICIPAL Nº 5.804, DE 27 DE MARÇO DE 2014, COM SUA REDAÇÃO ALTERADA PELA LEI Nº 5945, DE 5 DE DEZEMBRO DE 2014.</t>
   </si>
   <si>
     <t>29535</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29535/1895-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29535/1895-2020.pdf</t>
   </si>
   <si>
     <t>AUTORIZA DESMEMBRAMENTO, PERMUTA E ENGLOBAMENTO DE ÁREAS PARA FINS DE REGULARIZAÇÃO DE ÁREA VERDE/LAZER E A ÁREA INSTITUCIONAL, NOS TERMOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>28904</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28904/873-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28904/873-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REDUÇÃO DO SUBSÍDIO DOS VEREADORES EM RAZÃO DA PANDEMIA CORONAVÍRUS (COVID-19) NO ÂMBITO DA CÂMARA MUNICIPAL DE BIRIGUI</t>
   </si>
   <si>
     <t>29504</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29504/1856-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29504/1856-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MUDANÇA PARA A SEDE PRÓPRIA DA CÂMARA MUNICIPAL DE BIRIGUI.</t>
   </si>
   <si>
     <t>29507</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29507/1859-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29507/1859-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA SALA DE TV LEGISLATIVA DA CÂMARA MUNICIPAL DE BIRIGUI</t>
   </si>
   <si>
     <t>29531</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29531/1886-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29531/1886-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE REALIZAÇÃO DE SESSÃO SOLENE, EM CARÁTER EXCEPCIONAL, PARA INAUGURAÇÃO DO NOVO PRÉDIO DA CÂMARA MUNICIPAL DE BIRIGUI</t>
   </si>
   <si>
     <t>28382</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28382/67-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28382/67-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE COLOCAÇÃO DE MAIS POSTES DE ILUMINAÇÃO PÚBLICA NA RUA SANTOS DUMONT, ENTRE RUA 9 DE JULHO E A RUA FRANCISCO GALINDO DE CASTRO.</t>
   </si>
   <si>
     <t>28384</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28384/75-2019.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28384/75-2019.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE TRAMITAÇÃO DO PL 140/2019</t>
   </si>
   <si>
     <t>28407</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28407/102-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28407/102-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE DOAÇÃO DE CAIXAS D'ÁGUA A FAMÍLIAS EM SITUAÇÃO DE GRANDE VULNERABILIDADE</t>
   </si>
   <si>
     <t>28414</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28414/136-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28414/136-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE SERVIDOR PÚBLICO QUE ESPECIFICA</t>
   </si>
   <si>
     <t>28416</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28416/140-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28416/140-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE GASTOS COM PUBLICIDADE DE 2019 ATÉ A PRESENTE DATA</t>
   </si>
   <si>
     <t>28417</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28417/141-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28417/141-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA CÓPIA INTEGRAL DA SINDICÂNCIA 19/2019</t>
   </si>
   <si>
     <t>28418</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28418/142-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28418/142-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE VEÍCULOS DA SAÚDE QUE ESTARIAM ABANDONADOS E EM ESTADO CRÍTICO</t>
   </si>
   <si>
     <t>28419</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28419/143-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28419/143-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE EMPRESAS INSTALADAS NO DISTRITO INDUSTRIAL 2</t>
   </si>
   <si>
     <t>28420</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28420/144-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28420/144-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA COMPLEMENTAÇÃO DE INFORMAÇÕES DO REQUERIMENTO Nº 439/2019</t>
   </si>
   <si>
     <t>28421</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28421/145-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28421/145-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE VAGAS PARA CARGOS PREVISTOS DENTRO DO ESTATUTO DA GUARDA CIVIL MUNICIPAL E OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>28428</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28428/152-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28428/152-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CONSTRUÇÃO DO NOVO CEMITÉRIO MUNICIPAL EM BIRIGUI</t>
   </si>
   <si>
     <t>28435</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28435/159-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28435/159-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 14 DIAS DA DISCUSSÃO E VOTAÇÃO DO PL 11/2020</t>
   </si>
   <si>
     <t>28436</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28436/160-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28436/160-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 7/2020</t>
   </si>
   <si>
     <t>28437</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28437/161-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28437/161-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA AO PL 10/2020</t>
   </si>
   <si>
     <t>28450</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28450/174-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28450/174-2020.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PL 168/2019</t>
   </si>
   <si>
     <t>28491</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28491/251-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28491/251-2020.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE A POLÍCIA MUNICIPAL</t>
   </si>
   <si>
     <t>28493</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28493/256-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28493/256-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE MÃO ÚNICA NA RUA JOSÉ ESTRADA, NO BAIRRO ISABEL MARIN</t>
   </si>
   <si>
     <t>28494</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28494/257-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28494/257-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A LEI MUNICIPAL Nº 6.140, DE 28 DE DEZEMBRO DE 2015</t>
   </si>
   <si>
     <t>28511</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28511/277-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28511/277-2020.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE TRAMITAÇÃO DO PL 169/2019</t>
   </si>
   <si>
     <t>28515</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28515/281-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28515/281-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 7 DIAS, DO PL 168/2019</t>
   </si>
   <si>
     <t>28516</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28516/282-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28516/282-2020.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PL 12/2020</t>
   </si>
   <si>
     <t>28517</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28517/283-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28517/283-2020.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PL 17/2020</t>
   </si>
   <si>
     <t>28519</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28519/290-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28519/290-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE ÁREA DA PREFEITURA E ILUMINAÇÃO PÚBLICA NO ENTORNO DA ESCOLA MUNICIPAL DE ENSINO FUNDAMENTAL PROF. JOSÉ SEBASTIÃO VASQUES CALÇADA, NO RECANTO VERDE</t>
   </si>
   <si>
     <t>28520</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28520/291-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28520/291-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE ILUMINAÇÃO PÚBLICA NO RECANTO VERDE.</t>
   </si>
   <si>
     <t>28521</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28521/292-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28521/292-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE RECAPEAMENTO NO BAIRRO PORTAL DA PÉROLA I E PORTAL DA PÉROLA II.</t>
   </si>
   <si>
     <t>28529</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28529/307-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28529/307-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE TAPAR BURACO E REALIZAR REPAROS EM CALÇADA DA RUA SANTA TEREZA, PRÓXIMO AO NÚMERO 133.</t>
   </si>
   <si>
     <t>28530</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28530/308-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28530/308-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE TAPAR BURACO E TAMBÉM RECAPE NA RUA PEDRO GONÇALVES DA MOTA, BAIRRO TIJUCA, EM FRENTE AO NÚMERO 100.</t>
   </si>
   <si>
     <t>28531</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28531/309-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28531/309-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE COLOCAR LOMBADA NA RUA JOSÉ PULZATTO NO BAIRRO EURICO CAETANO</t>
   </si>
   <si>
     <t>28541</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28541/326-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28541/326-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PLC 3/2020</t>
   </si>
   <si>
     <t>28542</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28542/327-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28542/327-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CAMPANHA DE VACINAÇÃO ANTIRRÁBICA NO MUNICÍPIO DE BIRIGUI</t>
   </si>
   <si>
     <t>28543</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28543/328-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28543/328-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE GASTOS COM CHAVEIRO REFERENTE AO PREGÃO PRESENCIAL Nº 106/2019 ATÉ O PRESENTE MOMENTO</t>
   </si>
   <si>
     <t>28544</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28544/329-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28544/329-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES QUANTO AO PLANO DIRETOR DO MUNICÍPIO</t>
   </si>
   <si>
     <t>28562</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28562/351-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28562/351-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE SITUAÇÃO DOS BANHEIROS PÚBLICOS E IMEDIAÇÕES NA PRAÇA DR. GAMA.</t>
   </si>
   <si>
     <t>28563</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28563/352-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28563/352-2020.pdf</t>
   </si>
   <si>
     <t>DENÚNCIA CONTRA VEREADOR</t>
   </si>
   <si>
     <t>28569</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28569/358-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28569/358-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 14 DIAS, DO PL 168/2019</t>
   </si>
   <si>
     <t>28570</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28570/359-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28570/359-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 35 DIAS, DO PL 157/2020</t>
   </si>
   <si>
     <t>28571</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28571/360-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28571/360-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR, 35 DIAS, DO PL 17/2020</t>
   </si>
   <si>
     <t>28572</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28572/367-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28572/367-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A REFORMA ADMINISTRATIVA PROPOSTA PELA PREFEITURA NESTE ANO DE 2020</t>
   </si>
   <si>
     <t>28573</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28573/368-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28573/368-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE FROTA DE VEÍCULOS DA PREFEITURA.</t>
   </si>
   <si>
     <t>28586</t>
   </si>
   <si>
     <t>CEIATD - CEI - DENÚNCIA VENDA ATESTADOS MÉDICOS</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28586/419-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28586/419-2020.pdf</t>
   </si>
   <si>
     <t>PRORROGAÇÃO DE PRAZO DA COMISSÃO ESPECIAL DE INQUÉRITO PARA APURAR DENÚNCIA E POSSÍVEL ESQUEMA DE VENDA DE ATESTADOS MÉDICOS POR FUNCIONÁRIOS LIGADOS À SECRETARIA DE SAÚDE DA PREFEITURA MUNICIPAL DE BIRIGUI</t>
   </si>
   <si>
     <t>28587</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28587/420-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28587/420-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES ACERCA DE RETIRADA DE TERRA DE TERRENO DO BAIRRO SIMÕES</t>
   </si>
   <si>
     <t>28588</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28588/421-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28588/421-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE GRAVES IRREGULARIDADES NO VIADUTO SOB A LINHA FÉRREA, NA RUA LUÍS MARONI NA VILA ANGÉLICA</t>
   </si>
   <si>
     <t>28589</t>
   </si>
   <si>
     <t>Benedito Dafé Gonçalves Filho (Dafé), Cesar Pantarotto Junior (Cesinha), Clovis Batista do Nascimento (Batista)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28589/422-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28589/422-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CIÊNCIA E PARTICIPAÇÃO DE SERVIDORES, SECRETARIAS E ENTIDADES NA ELABORAÇÃO DA REFORMA ADMINISTRATIVA 2020</t>
   </si>
   <si>
     <t>28591</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28591/426-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28591/426-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE COMPRA DE PNEUS NO PERÍODO DE 2013 ATÉ O PRESENTE MOMENTO</t>
   </si>
   <si>
     <t>28592</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28592/427-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28592/427-2020.pdf</t>
   </si>
   <si>
     <t>ABERTURA DE TRÊS VALAS PARA FEITURA DE LIGAÇÃO DE ÁGUA E ESGOTO NA RUA SHIGUERU SAKAI, ALTURA DO NÚMERO 231</t>
   </si>
   <si>
     <t>28593</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28593/428-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28593/428-2020.pdf</t>
   </si>
   <si>
     <t>LIMPEZA DE ÁREA VERDE NA RUA EVANGELINA R. DE MELLO, NO JANDAIA III.</t>
   </si>
   <si>
     <t>28594</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28594/429-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28594/429-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE RECAPEAMENTO E TAPAGEM DE BURACO NO CONDOMÍNIO SAN MARINO</t>
   </si>
   <si>
     <t>28613</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28613/449-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28613/449-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 7 DIAS, DO PL 29/2020</t>
   </si>
   <si>
     <t>28614</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28614/450-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28614/450-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 7 DIAS, DO PLC 2/2020</t>
   </si>
   <si>
     <t>28632</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28632/494-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28632/494-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE SEMÁFORO NA ESQUINA DA RUA OSVALDO CRUZ COM AVENIDA GOVERNADOR PEDRO DE TOLEDO</t>
   </si>
   <si>
     <t>28633</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28633/495-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28633/495-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SORE SEMÁFORO NA ESQUINA DA RUA MAESTRO ANTONIO PASSARELLI COM RUA 9 DE JULHO</t>
   </si>
   <si>
     <t>28634</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28634/496-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28634/496-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE FAZER CANALETÃO NA ESQUINA DA RUA DAS TULIPAS COM RUA DAS HORTÊNCIAS</t>
   </si>
   <si>
     <t>28635</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28635/497-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28635/497-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE DOTAR DE MAIOR SEGURANÇA PÚBLICA O DISTRITO INDUSTRIAL II.</t>
   </si>
   <si>
     <t>28636</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28636/498-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28636/498-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE MELHORIAS EM GERAL NO DISTRITO INDUSTRIAL II, COMO ROÇAGEM DE MATO, TAPAGEM DE BUEIROS E CONTER VAZAMENTO DE ÁGUA NA AVENIDA GERALDO LIESSI.</t>
   </si>
   <si>
     <t>28638</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28638/500-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28638/500-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE O PROCESSO DE GRATIFICAÇÃO POR INSALUBRIDADE PARA OS SERVIDORES DA CASA ABRIGO E A POSSIBILIDADE DE O MESMO OCORRER</t>
   </si>
   <si>
     <t>28639</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28639/501-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28639/501-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 42 DIAS, DA DISCUSSÃO E VOTAÇÃO DO PL 1/2020</t>
   </si>
   <si>
     <t>28640</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28640/502-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28640/502-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE TOTAL DE TOMOGRAFIAS NA SANTA CASA ATÉ A PRESENTE DATA</t>
   </si>
   <si>
     <t>28641</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28641/504-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28641/504-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 7 DIAS, DA DISCUSSÃO E VOTAÇÃO DO PL 29/2020</t>
   </si>
   <si>
     <t>28642</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28642/505-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28642/505-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 7 DIAS, DA DISCUSSÃO E VOTAÇÃO DO PLC 2/2020</t>
   </si>
   <si>
     <t>28670</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28670/542-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28670/542-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE OBRA PARADA NA AVENIDA JOSÉ RAVAGNANI, NO BAIRRO IVONE ALVES PALMA</t>
   </si>
   <si>
     <t>28671</t>
   </si>
   <si>
     <t>CEI - DÉFICIT NAS CONTAS DO BIRIGUIPREV</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28671/545-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28671/545-2020.pdf</t>
   </si>
   <si>
     <t>PRORROGAÇÃO DE PRAZO DA COMISSÃO ESPECIAL DE INQUÉRITO PARA APURAR DÉFICIT NAS CONTAS DO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS MUNICIPAIS - BIRIGUIPREV</t>
   </si>
   <si>
     <t>28672</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28672/548-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28672/548-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE KITS PARA EXAMES DE DETECÇÃO DO COVID 19</t>
   </si>
   <si>
     <t>28673</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28673/555-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28673/555-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE REPAROS EM NÍVEL DE BUEIRO NA ESQUINA DA AVENIDA ACHELINO MOIMAZ COM RUA DAS TULIPAS</t>
   </si>
   <si>
     <t>28674</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28674/557-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28674/557-2020.pdf</t>
   </si>
   <si>
     <t>JUSTIFICATIVA DE FALTA EM SESSÃO ORDINÁRIA REALIZADA EM 10 DE MARÇO DE 2020</t>
   </si>
   <si>
     <t>28679</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28679/564-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28679/564-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE RENOVAÇÃO DO CONVÊNIO RELATIVO À LEI Nº 6.679, DE 30 DE JANEIRO DE 2019, QUE DISPÕE SOBRE AUTORIZAÇÃO PARA FORMALIZAÇÃO DE CONVÊNIO COM A IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE BIRIGUI, OBJETIVANDO O ATENDIMENTO NO PRONTO SOCORRO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28681</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28681/567-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28681/567-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE INÍCIO DAS ATIVIDADES DO CASTRAMÓVEL</t>
   </si>
   <si>
     <t>28682</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28682/568-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28682/568-2020.pdf</t>
   </si>
   <si>
     <t>JUSTIFICATIVA DE FALTA EM SESSÃO ORDINÁRIA REALIZADA EM 10 DE MARÇO DE 2020.</t>
   </si>
   <si>
     <t>28687</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28687/573-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28687/573-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 21 DIAS, DA DISCUSSÃO E VOTAÇÃO DO PLC 7/2020</t>
   </si>
   <si>
     <t>28688</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28688/576-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28688/576-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 43/2020</t>
   </si>
   <si>
     <t>28708</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28708/596-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28708/596-2020.pdf</t>
   </si>
   <si>
     <t>28709</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28709/597-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28709/597-2020.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PLC 4/2020</t>
   </si>
   <si>
     <t>28726</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28726/621-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28726/621-2020.pdf</t>
   </si>
   <si>
     <t>JUSTIFICATIVA DE FALTA EM SESSÃO ORDINÁRIA REALIZADA EM 17 DE MARÇO DE 2020.</t>
   </si>
   <si>
     <t>28728</t>
   </si>
   <si>
     <t>Rogério Guilhen</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28728/624-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28728/624-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS PARA PREVENIR ACIDENTES NA RUA ANÉSIO JOSÉ DA SILVA COM A AVENIDA YOUSSEF ISMAIL MANSOUR NO BAIRRO ALTO DO SILVARES</t>
   </si>
   <si>
     <t>28753</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28753/653-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28753/653-2020.pdf</t>
   </si>
   <si>
     <t>JUSTIFICATIVA DE FALTA EM SESSÃO ORDINÁRIA REALIZADA EM 17 DE MARÇO DE 2020</t>
   </si>
   <si>
     <t>28754</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28754/655-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28754/655-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 57/2020</t>
   </si>
   <si>
     <t>28755</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 58/2020</t>
   </si>
   <si>
     <t>28756</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PLC 9/2020</t>
   </si>
   <si>
     <t>28757</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28757/658-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28757/658-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 60/2020</t>
   </si>
   <si>
     <t>28758</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 42 DIAS, DA DISCUSSÃO E VOTAÇÃO DO PL 157/2019</t>
   </si>
   <si>
     <t>28759</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 42 DIAS, DO PL 17/2020</t>
   </si>
   <si>
     <t>28793</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28793/694-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28793/694-2020.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PL 49/2020</t>
   </si>
   <si>
     <t>28794</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28794/695-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28794/695-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO POR 3 SESSÕES, A DISCUSSÃO E VOTAÇÃO DO PL 46/2020</t>
   </si>
   <si>
     <t>28795</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28795/696-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28795/696-2020.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PL 53/2020</t>
   </si>
   <si>
     <t>28810</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28810/743-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28810/743-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSÍVEL CONTRATAÇÃO DE LABORATÓRIO</t>
   </si>
   <si>
     <t>28845</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28845/792-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28845/792-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSÍVEL ABERTURA DO COMÉRCIO EM BIRIGUI</t>
   </si>
   <si>
     <t>28847</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28847/795-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28847/795-2020.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PLC 11/2020</t>
   </si>
   <si>
     <t>28856</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PL 64/2020</t>
   </si>
   <si>
     <t>28858</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PL 44/2020</t>
   </si>
   <si>
     <t>28861</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28861/817-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28861/817-2020.pdf</t>
   </si>
   <si>
     <t>INSTAURAÇÃO DE COMISSÃO PROCESSANTE COM FUNDAMENTO NO DECRETO-LEI Nº 201/67 PARA FINS DE APURAÇÃO DE CRIME DE RESPONSABILIDADE E INFRAÇÃO POLÍTICO-ADMINISTRATIVA PRATICADOS PELO PREFEITO DE BIRIGUI</t>
   </si>
   <si>
     <t>28862</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28862/818-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28862/818-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE VALORES GASTOS COM COMPRAS RELACIONADAS AS AÇÕES DE ENFRENTAMENTO DO COVID-19.</t>
   </si>
   <si>
     <t>28865</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28865/826-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28865/826-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 67/2020</t>
   </si>
   <si>
     <t>28866</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28866/827-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28866/827-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PLC 12/2020</t>
   </si>
   <si>
     <t>28867</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28867/828-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28867/828-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 28 DIAS, DA DISCUSSÃO E VOTAÇÃO DO PL 28/2020</t>
   </si>
   <si>
     <t>28872</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28872/833-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28872/833-2020.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PL 1/2020</t>
   </si>
   <si>
     <t>28894</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28894/862-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28894/862-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE AUXÍLIO EMERGENCIAL ENVIADO AOS MUNICÍPIOS DO ESTADO DE SÃO PAULO.</t>
   </si>
   <si>
     <t>28896</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28896/864-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28896/864-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CONTRATOS DA PREFEITURA</t>
   </si>
   <si>
     <t>28911</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28911/880-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28911/880-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE PREVENÇÃO DO COVID-19.</t>
   </si>
   <si>
     <t>28912</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28912/881-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28912/881-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 71/2020</t>
   </si>
   <si>
     <t>28913</t>
   </si>
   <si>
     <t>José Luis Buchalla (Zé Luis Buchalla), Felipe Barone Brito (Felipe Barone)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28913/882-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28913/882-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CONSERTO DO TOMÓGRAFO DO PRONTO SOCORRO</t>
   </si>
   <si>
     <t>28914</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28914/883-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28914/883-2020.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE TRAMITAÇÃO DO PL 157/2020</t>
   </si>
   <si>
     <t>28915</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28915/884-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28915/884-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 14 DIAS, DO PL 32/2020</t>
   </si>
   <si>
     <t>28919</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28919/888-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28919/888-2020.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE TRAMITAÇÃO DO PROJETO DE RESOLUÇÃO Nº  1/2020</t>
   </si>
   <si>
     <t>28921</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28921/891-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28921/891-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE BOLETINS EPIDEMIOLÓGICOS APRESENTADOS PELA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>28923</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28923/893-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28923/893-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES BEM COMO CÓPIA DOS CONTRATOS DE ARRENDAMENTO DOS APARELHOS DE TOMOGRAFIA, RAIO-X E ULTRASSOM DA PREFEITURA DE BIRIGUI.</t>
   </si>
   <si>
     <t>28924</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28924/894-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28924/894-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES GERAIS SOBRE O CONSELHO FORMADO PARA TRATAR DO COMBATE AO COVID, NOME DOS MEMBROS E SUAS AÇÕES ATÉ O MOMENTO.</t>
   </si>
   <si>
     <t>28925</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28925/895-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28925/895-2020.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES ACERCA DOS VENCIMENTOS PAGOS AOS PROCURADORES DA PREFEITURA MUNICIPAL DE BIRIGUI</t>
   </si>
   <si>
     <t>28926</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28926/896-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28926/896-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES A POSSIBILIDADE DA CRIAÇÃO DE LINK NO SITE OFICIAL DA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>28931</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28931/901-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28931/901-2020.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE TRAMITAÇÃO DO PL 32/2020</t>
   </si>
   <si>
     <t>28944</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28944/917-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28944/917-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A DENGUE EM NOSSO MUNICÍPIO</t>
   </si>
   <si>
     <t>28948</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28948/921-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28948/921-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CARGA HORÁRIA DE AGENTES DE ENDEMIAS, COMUNITÁRIOS E DE SAÚDE NESTA PANDEMIA E OUTRAS INFORMAÇÕES</t>
   </si>
   <si>
     <t>28949</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28949/922-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28949/922-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE NECESSIDADE DE FAZER E ISOLAR PRÉDIO NA RUA BAHIA 70, PARA EVITAR VÂNDALOS, MARGINAIS E DESOCUPADOS NO LOCAL</t>
   </si>
   <si>
     <t>28950</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28950/923-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28950/923-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE BOLSAS DE ESTUDO CONCEDIDAS PELA PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>28958</t>
   </si>
   <si>
     <t>Eduardo Fonseca de Luca (Eduardo Dentista), Cesar Pantarotto Junior (Cesinha)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28958/937-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28958/937-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE COMPRA DE MATERIAIS PARA AS AÇÕES DE ENFRENTAMENTO AO COVID-19.</t>
   </si>
   <si>
     <t>28959</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28959/938-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28959/938-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CONSTRUÇÃO DE CASAS POPULARES EM BIRIGUI.</t>
   </si>
   <si>
     <t>28962</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28962/942-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28962/942-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE APARIÇÃO DE ESCORPIÃO E ACIDENTES COM O MESMO EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>28965</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28965/945-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28965/945-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE ÁREA VERDE QUE ESTÁ SENDO USADA COMO DESCARTE DE ENTULHOS E LIXOS DIVERSOS.</t>
   </si>
   <si>
     <t>28975</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28975/978-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28975/978-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE FUNCIONAMENTO DAS CÂMERAS DE MONITORAMENTO DE SEGURANÇA DA PRAÇA DR. GAMA.</t>
   </si>
   <si>
     <t>28976</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28976/979-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28976/979-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE PARTOS REALIZADOS NA SANTA CASA DE BIRIGUI E SOBRE O CUMPRIMENTO DA LEI ESTADUAL Nº 17.137, DE 23 DE AGOSTO DE 2019 EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>28977</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28977/980-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28977/980-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CALÇADA NO ENTORNO DO ESTÁDIO MUNICIPAL PEDRO MARIN BERBEL, PEDRÃO.</t>
   </si>
   <si>
     <t>28985</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28985/988-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28985/988-2020.pdf</t>
   </si>
   <si>
     <t>28987</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28987/990-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28987/990-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A DISTRIBUIÇÃO DO "KIT MERENDA" NO MUNICÍPIO DE BIRIGUI E CONTINUIDADE DO MESMO.</t>
   </si>
   <si>
     <t>28994</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28994/997-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28994/997-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE DÍVIDAS DO MUNICÍPIO COM AS CONCESSIONÁRIAS RESPONSÁVEIS PELA CAPTAÇÃO DE ÁGUA DOS POÇOS PROFUNDOS.</t>
   </si>
   <si>
     <t>28995</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28995/998-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28995/998-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBE PAGAMENTOS REALIZADOS AO BIRIGUIPREV.</t>
   </si>
   <si>
     <t>28997</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28997/1002-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28997/1002-2020.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE TRAMITAÇÃO DO PL 77/2020</t>
   </si>
   <si>
     <t>29019</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29019/1024-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29019/1024-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CANALETÃO NA ESQUINA DAS RUAS ANTONIO AZEVEDO MARQUES E JORGE CAVALHEIRO, NO TOSELAR</t>
   </si>
   <si>
     <t>29020</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29020/1025-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29020/1025-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE TRANSPORTE DOS AGENTES DE ENDEMIAS E ASSUNTOS CORRELACIONADOS</t>
   </si>
   <si>
     <t>29025</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29025/1032-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29025/1032-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE RECAPEAMENTO NO BAIRRO MONTE LÍBANO.</t>
   </si>
   <si>
     <t>29026</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29026/1033-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29026/1033-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE O CUMPRIMENTO DA LEI 6.639 DE 25 DE OUTUBRO DE 2018.</t>
   </si>
   <si>
     <t>29027</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29027/1034-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29027/1034-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A POSSIBILIDADE DE ASFALTAR A ANTIGA ESTRADA (PRÓXIMO AO CONDOMÍNIO DAMHA VILLAGE), NO BAIRRO JANDAIA.</t>
   </si>
   <si>
     <t>29028</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29028/1035-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29028/1035-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A POSSIBILIDADE DE INSTALAÇÃO DE UMA ROTATÓRIA NOS CRUZAMENTOS DA RUA SHIGUERO SAKAI, AVENIDA D, ESTRADA MUNICIPAL E ANTIGA ESTRADA NÓS (PRÓXIMO AO CONDOMÍNIO DAMHA VILLAGE), NO BAIRRO JANDAIA.</t>
   </si>
   <si>
     <t>29029</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29029/1036-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29029/1036-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CONTRIBUIÇÃO DE ILUMINAÇÃO PÚBLICA (CIP).</t>
   </si>
   <si>
     <t>29041</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29041/1048-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29041/1048-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CONTRATO DA SANTA CASA E PRONTO SOCORRO COM EMPRESA PRIVADA QUE FAZ EXAMES DE ULTRASSOM.</t>
   </si>
   <si>
     <t>29042</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29042/1049-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29042/1049-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE O SECRETÁRIO ADJUNTO DA PASTA DE ADMINISTRAÇÃO E OUTRAS INFORMAÇÕES.</t>
   </si>
   <si>
     <t>29043</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29043/1050-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29043/1050-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE TODAS AS SINDICÂNCIAS ABERTAS PELA PREFEITURA NOS ÚLTIMOS 4 ANOS.</t>
   </si>
   <si>
     <t>29047</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29047/1055-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29047/1055-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 14 DIAS, DA DISCUSSÃO E VOTAÇÃO DO PL 66/2020</t>
   </si>
   <si>
     <t>29059</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29059/1067-2020_com_fotos.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29059/1067-2020_com_fotos.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE O ANTIGO PRÉDIO DA APAC, SEU ESTADO DE ABANDONO E SOBRE QUEM SÃO OS RESPONSÁVEIS POR AQUELE PRÉDIO, SITUADO NA RUA ERMANO ZIN, NO QUEMIL.</t>
   </si>
   <si>
     <t>29060</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29060/1068-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29060/1068-2020.pdf</t>
   </si>
   <si>
     <t>PRORROGAÇÃO DE PRAZO DA COMISSÃO ESPECIAL DE INQUÉRITO PARA APURAR DÉFICIT NAS CONTAS DO INSTITUTO DE PREVIDÊNCIA DOS SERVIDORES PÚBLICOS MUNICIPAIS - BIRIGUIPREV.</t>
   </si>
   <si>
     <t>29061</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29061/1069-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29061/1069-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE VAZAMENTO DE CAIXA D´AGUA NO BAIRRO COLINAS.</t>
   </si>
   <si>
     <t>29062</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29062/1070-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29062/1070-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE O CÓRREGO MATADOURO.</t>
   </si>
   <si>
     <t>29063</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29063/1071-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29063/1071-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE PREVENÇÃO DOS FUNCIONÁRIOS PÚBLICOS NO COMBATE À COVID-19.</t>
   </si>
   <si>
     <t>29064</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29064/1072-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29064/1072-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE SANTA CASA DE BIRIGUI E A COVID-19.</t>
   </si>
   <si>
     <t>29065</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29065/1081-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29065/1081-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 49 DIAS, DA DISCUSSÃO E VOTAÇÃO DO PL 76/2020</t>
   </si>
   <si>
     <t>29075</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29075/1091-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29075/1091-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 86/2020</t>
   </si>
   <si>
     <t>29087</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29087/1111-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29087/1111-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE EQUIPAMENTOS DE PROTEÇÃO INDIVIDUAL (EPIS).</t>
   </si>
   <si>
     <t>29092</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29092/1116-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29092/1116-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE FAZER CANALETÃO NA ESQUINA DAS RUAS  GETÚLIO VARGAS E BRAZ SANCHES ARRIAGA, NO SILVARES</t>
   </si>
   <si>
     <t>29093</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29093/1117-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29093/1117-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE QUANDO HAVERÁ ATENDIMENTO A REQUERIMENTO PROTOCOLADO EM AGOSTO DO ANO PASSADO PEDINDO REPARAÇÃO DE DANOS EM IMÓVEL DA RUA JOÃO SANCHES, 557, NO SÃO BRAZ.</t>
   </si>
   <si>
     <t>29094</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29094/1118-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29094/1118-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADES DE FAZER CANALETÃO NA ESQUINA DAS RUAS JOÃO FERREIRA FILHO, 1326 COM RUA VALDEMAR PALUDETO NO BAIRRO SIMÕES.</t>
   </si>
   <si>
     <t>29101</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 92/2020</t>
   </si>
   <si>
     <t>29102</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 93/2020</t>
   </si>
   <si>
     <t>29120</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29120/1177-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29120/1177-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE FAZER LOMBADA OU LOMBOFAIXA NA RUA LEONORA FIOROTTO, PRÓXIMO AO Nº 123, NO RECANTO VERDE.</t>
   </si>
   <si>
     <t>29165</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29165/1320.2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29165/1320.2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE REAJUSTE SALARIAL DOS SERVIDORES MUNICIPAIS DA PREFEITURA DE BIRIGUI NOS ÚLTIMOS 4 ANOS</t>
   </si>
   <si>
     <t>29166</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29166/1321.2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29166/1321.2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA DOCUMENTOS SOBRE CONTRATO COM A EMPRESA OSWALDO BRAMBILA TRANSPORTE COLETIVO LTDA</t>
   </si>
   <si>
     <t>29181</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29181/1339-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29181/1339-2020.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA AO PL 94/2020</t>
   </si>
   <si>
     <t>29189</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29189/1351-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29189/1351-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE FORNECIMENTO DE COMBUSTÍVEL PARA A FROTA DE VEÍCULOS DA PREFEITURA DE BIRIGUI.</t>
   </si>
   <si>
     <t>29190</t>
   </si>
   <si>
     <t>Cesar Pantarotto Junior (Cesinha), Benedito Dafé Gonçalves Filho (Dafé)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29190/1352-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29190/1352-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE MÁQUINA NEW HOLAND D140B (PATRULHA AGRÍCOLA).</t>
   </si>
   <si>
     <t>29199</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29199/1364-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29199/1364-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 111/2020</t>
   </si>
   <si>
     <t>29209</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29209/1374-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29209/1374-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A MÉDIA DE SEPULTAMENTOS NOS CEMITÉRIOS MUNICIPAIS</t>
   </si>
   <si>
     <t>29210</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29210/1375-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29210/1375-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE INSTALAÇÃO DE REDUTOR DE VELOCIDADE OU LOMBADA NA RUA IMRICH PECHY, PRÓXIMO AO Nº 664, SÃO JOSÉ</t>
   </si>
   <si>
     <t>29213</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29213/1380-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29213/1380-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE SUBSTITUIÇÃO DE POSTES DE ILUMINAÇÃO NA PRAÇA DR. ALBERT SABIN, PATRIMÔNIO SANTO ANTONIO.</t>
   </si>
   <si>
     <t>29219</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29219/1387-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29219/1387-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE EQUIPAMENTOS DISPONIBILIZADOS AOS COLETORES DE LIXO.</t>
   </si>
   <si>
     <t>29244</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29244/1414-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29244/1414-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE ATRASO NA ENTREGA DE AGENDAS AOS ALUNOS DA REDE MUNICIPAL DE ENSINO</t>
   </si>
   <si>
     <t>29252</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29252/1430-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29252/1430-2020.pdf</t>
   </si>
   <si>
     <t>LICENÇA NÃO REMUNERADA PARA TRATAR DE ASSUNTOS PARTICULARES</t>
   </si>
   <si>
     <t>29255</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29255/1434-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29255/1434-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE ATENDIMENTO DE PACIENTES PÓS-COVID-19</t>
   </si>
   <si>
     <t>29283</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29283/1475-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29283/1475-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A POSSIBILIDADE DE INSTALAR UM BOLSÃO DE VAGAS DE MOTO NA RUA FRANCISCO GALINDO DE CASTRO COM A RUA SANTOS DUMONT, NO CENTRO.</t>
   </si>
   <si>
     <t>29284</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29284/1478-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29284/1478-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE INSTALAR UM REDUTOR DE VELOCIDADE NA RUA BAHIA PRÓXIMO AO NÚMERO 1992 NO BAIRRO MONTE LÍBANO.</t>
   </si>
   <si>
     <t>29285</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29285/1480-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29285/1480-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE INADIMPLÊNCIA DA PREFEITURA DE BIRIGUI COM FORNECEDORES</t>
   </si>
   <si>
     <t>29286</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29286/1481-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29286/1481-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES E CÓPIA DE DOCUMENTOS DE COMPRA DE MUNIÇÕES E COLETES A PROVA DE BALA PARA POLÍCIA MUNICIPAL DE BIRIGUI</t>
   </si>
   <si>
     <t>29290</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29290/1508-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29290/1508-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA DOCUMENTOS DE TODAS AS AUDIÊNCIAS PÚBLICAS REALIZADAS ENTRE 2017 A 2020.</t>
   </si>
   <si>
     <t>29292</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29292/1514-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29292/1514-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES DE EXAMES LABORATORIAIS E LAUDOS VETERINÁRIOS SOBRE CÃES EUTANASIADOS NO CANIL MUNICIPAL.</t>
   </si>
   <si>
     <t>29293</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29293/1515-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29293/1515-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CASTRAMÓVEL.</t>
   </si>
   <si>
     <t>29301</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29301/1524-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29301/1524-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SORE PINTAR FAIXA AMARELA AO LOCAL E PLACA VERTICAL NO TODDY MOTO TAXI NA AVENIDA DAS ROSAS, BAIRRO TEREZA MARIA BARBIERI</t>
   </si>
   <si>
     <t>29302</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29302/1525-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29302/1525-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A FROTA DE VEÍCULOS DA SECRETARIA DE SAÚDE DE BIRIGUI.</t>
   </si>
   <si>
     <t>29303</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29303/1526-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29303/1526-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE MUDANÇA DE MÃO DE DIREÇÃO NA RUA HELENA RUIC NOVAMENTE PARA MÃO ÚNICA.</t>
   </si>
   <si>
     <t>29304</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29304/1527-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29304/1527-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE INSTALAÇÃO DE TRÊS REDUTORES DE VELOCIDADE (LOMBADAS) NA RUA PEDRO CAVALO</t>
   </si>
   <si>
     <t>29305</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29305/1528-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29305/1528-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE INSTALAR REDUTOR DE VELOCIDADE NA RUA JOSÉ GOMES ENTRE OS NÚMEROS 31 AO 265, NO BAIRRO JARDIM DO TREVO</t>
   </si>
   <si>
     <t>29313</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29313/1541-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29313/1541-2020.pdf</t>
   </si>
   <si>
     <t>29316</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29316/1544-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29316/1544-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE FAIXA ELEVADA EM FRENTE A TODAS AS INSTITUIÇÕES RELIGIOSOAS.</t>
   </si>
   <si>
     <t>29317</t>
   </si>
   <si>
     <t>Dozimar Francisco Rosim (Pastor Dozimar)</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29317/1545-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29317/1545-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE COLOCAR LOMBOFAAIXA NA RUA BAHIA, EM LOCAL QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>29326</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29326/1556-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29326/1556-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 129/2020</t>
   </si>
   <si>
     <t>29327</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29327/1557-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29327/1557-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 130/2020</t>
   </si>
   <si>
     <t>29330</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29330/1560-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29330/1560-2020.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA AO PL 126/2020</t>
   </si>
   <si>
     <t>29331</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29331/1563-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29331/1563-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE LIMPEZA DE CALÇADA E MEIO FIO DA RUA EM TRECHO DA ISMAIL AJAJ MANSOUR, BAIRRO COPACABANA.</t>
   </si>
   <si>
     <t>29332</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29332/1564-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29332/1564-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE NOTIFICAR O PROPRIETÁRIO PARA LIMPEZA DE TERRENO E PODA OU CORTE DE ÁRVORE NA RUA RIBEIRO DE BARROS, NO PARQUE SÃO VICENTE.</t>
   </si>
   <si>
     <t>29333</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29333/1565-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29333/1565-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A POSSIBILIDADE DE CORRIGIR O DESNÍVEL DE UM CANALETÃO NA RUA MAURÍCIO STÁBILE 840, QUEMIL.</t>
   </si>
   <si>
     <t>29334</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29334/1566-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29334/1566-2020.pdf</t>
   </si>
   <si>
     <t>JUSTIFICATIVA DE FALTA DADA EM SESSÃO ORDINÁRIA DE 22 DE SETEMBRO DE 2020.</t>
   </si>
   <si>
     <t>29356</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29356/1605-2020_corrigido.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29356/1605-2020_corrigido.pdf</t>
   </si>
   <si>
     <t>REQUISITA A INSTAURAÇÃO DE COMISSÃO PROCESSANTE COM FUNDAMENTO NO DECRETO-LEI Nº 201/67 PARA FINS DE APURAÇÃO DE CRIME DE RESPONSABILIDADE E INFRAÇÃO POLÍTICO-ADMINISTRATIVA PRATICADOS PELO PREFEITO DE BIRIGUI.</t>
   </si>
   <si>
     <t>29360</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29360/1610-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29360/1610-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA A INSTAURAÇÃO DE COMISSÃO PROCESSANTE COM FUNDAMENTO NO DECRETO-LEI Nº 201/67 PARA FINS DE APURAÇÃO DE CRIME DE RESPONSABILIDADE E INFRAÇÃO POLÍTICO-ADMINISTRATIVA PRATICADOS PELO VEREADOR CLOVIS BATISTA DO NASCIMENTO.</t>
   </si>
   <si>
     <t>29374</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29374/1636-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29374/1636-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE "CEP" CÓDIGO DE ENDEREÇAMENTO POSTAL, DOS BAIRROS: RESIDENCIAL JEQUITIBÁ E RESIDENCIAL JARDIM DO TREVO.</t>
   </si>
   <si>
     <t>29379</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29379/1647-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29379/1647-2020.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE TRAMITAÇÃO DO PL 127/2020</t>
   </si>
   <si>
     <t>29384</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29384/1652-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29384/1652-2020.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE TRAMITAÇÃO DO PL 132/2020</t>
   </si>
   <si>
     <t>29409</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29409/1681-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29409/1681-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CONTRATOS COM ORGANIZAÇÕES SOCIAIS DA SAÚDE (OSS) E POSSÍVEIS ROMPIMENTOS DE CONTRATOS.</t>
   </si>
   <si>
     <t>29421</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29421/1705-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29421/1705-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE REUNIÕES DO CONSELHO MUNICIPAL DE TRÂNSITO (COMTRAN)</t>
   </si>
   <si>
     <t>29422</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29422/1710-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29422/1710-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE COLOCAR REDUTOR DE VELOCIDADE NA RUA ADOLFO AMÉRICO ROSSI, EM TRECHO QUE ESPECIFICA</t>
   </si>
   <si>
     <t>29425</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29425/1716-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29425/1716-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE TAPAR BURACO E REALIZAR RECAPEAMENTO NA RUA PARAÍBA, ENTRE A RUA TIRADENTES E A AVENIDA JOÃO CERNACH.</t>
   </si>
   <si>
     <t>29426</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29426/1717-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29426/1717-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE COLOCAR REDUTOR DE VELOCIDADE NA AVENIDA DAS ROSAS, Nº 1222, BAIRRO THEREZA MARIA BARBIEIRE</t>
   </si>
   <si>
     <t>29429</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29429/1725-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29429/1725-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE FUNCIONAMENTO DE MÁQUINA ESTEIRA</t>
   </si>
   <si>
     <t>29430</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29430/1726-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29430/1726-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE FUNCIONAMNETO DE TRATOR E ESPARRAMADEIRA DE CALCÁRIO</t>
   </si>
   <si>
     <t>29431</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29431/1727-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29431/1727-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A CPFL.</t>
   </si>
   <si>
     <t>29445</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29445/1741-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29445/1741-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE PAGAMENTO COM FORNECEDORES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO.</t>
   </si>
   <si>
     <t>29447</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29447/1745-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29447/1745-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE O QUANTO FOI COMPRADO EM SEMENTES E TELA PROTETORA (SOMBRITES) PARA AS HORTAS COMUNITÁRIAS DESDE 2017.</t>
   </si>
   <si>
     <t>29449</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29449/1747-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29449/1747-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE ATA DE REGISTRO DE PREÇOS</t>
   </si>
   <si>
     <t>29454</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29454/1754-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29454/1754-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSÍVEL PAVIMENTAÇÃO DA RUA JOÃO DONATO CHICHINELO, NA VILA ANGÉLICA</t>
   </si>
   <si>
     <t>29461</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29461/1772-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29461/1772-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CUMPRIMENTO DA LEI Nº 6546, DE 22 DE MARÇO DE 2018.</t>
   </si>
   <si>
     <t>29462</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29462/1773-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29462/1773-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE CASTRAÇÕES REALIZADAS NO CANIL MUNICIPAL NO PERÍODO SOLICITADO</t>
   </si>
   <si>
     <t>29466</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29466/1784-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29466/1784-2020.pdf</t>
   </si>
   <si>
     <t>JUSTIFICATIVA DE FALTA DADA EM SESSÃO ORDINÁRIA DE 17 DE NOVEMBRO DE 2020.</t>
   </si>
   <si>
     <t>29467</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29467/1785-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29467/1785-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSIBILIDADE DE COLOCAR FAIXAS DE "CARGA E DESCARGA" NA PRAÇA RAUL CARDOSO, E LIBERAR ESTACIONAMENTO NO ENTORNO DA PRAÇA.</t>
   </si>
   <si>
     <t>29468</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29468/1786-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29468/1786-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE POSSÍVEL REGULAMENTAÇÃO OU REGULARIZAÇÃO PARA QUE VEÍCULOS JÁ POSSAM ESTACIONAR NO MEIO FIO DA AVENIDA VITÓRIA RÉGIA.</t>
   </si>
   <si>
     <t>29474</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29474/1800-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29474/1800-2020.pdf</t>
   </si>
   <si>
     <t>29482</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29482/1823-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29482/1823-2020.pdf</t>
   </si>
   <si>
     <t>RETIRADA DE TRAMITAÇÃO DO PELO 1/2020</t>
   </si>
   <si>
     <t>29486</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29486/1827-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29486/1827-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES DE EXAMES LABORATORIAIS E LAUDOS VETERINÁRIOS SOBRE CÃES EUTANASIADOS NO CANIL MUNICIPAL</t>
   </si>
   <si>
     <t>29487</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29487/1831-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29487/1831-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE A PREFEITURA COBRAR UMA RESPOSTA DA CPFL QUANTO ÀS RECORRENTES QUEDAS DE ENERGIA EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>29488</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29488/1833-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29488/1833-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE NATAL ILUMINADO.</t>
   </si>
   <si>
     <t>29489</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29489/1834-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29489/1834-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE EDITAL 1/2020 DA SECREARIA DE CULTURA, PARA SELEÇÃO DE PROPOSTAS ARTÍSTICAS E CULTURAIS.</t>
   </si>
   <si>
     <t>29498</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29498/1847-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29498/1847-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE AS PEÇAS AUTOMOTIVAS DA PREFEITURA MUNICIPAL DE BIRIGUI</t>
   </si>
   <si>
     <t>29499</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29499/1848-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29499/1848-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE OS SERVIÇOS DE COVEIRO DA PREFEITURA MUNICIPAL DE BIRIGUI</t>
   </si>
   <si>
     <t>29500</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29500/1849-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29500/1849-2020.pdf</t>
   </si>
   <si>
     <t>REQUISITA INFORMAÇÕES SOBRE O PRONTO SOCORRO MUNICIPAL - PRESTAÇÕES DE CONTAS DOS SERVIÇOS MÉDICOS E ODONTOLÓGICOS DA EMPRESA TERCEIRIZADA À PREFEITURA MUNICIPAL</t>
   </si>
   <si>
     <t>29513</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29513/1865-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29513/1865-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 150/2020</t>
   </si>
   <si>
     <t>29514</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29514/1866-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29514/1866-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA PARA O PL 151/2020</t>
   </si>
   <si>
     <t>29524</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 4 SESSÕES, DA DISCUSSÃO E VOTAÇÃO DO PL 154/2020</t>
   </si>
   <si>
     <t>29525</t>
   </si>
   <si>
     <t>PEDIDO DE VISTA DO PL 154/2020</t>
   </si>
   <si>
     <t>29526</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29526/1881-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29526/1881-2020.pdf</t>
   </si>
   <si>
     <t>REQUER INFORMAÇÕES SOBRE CEMITÉRIO PÚBLICO.</t>
   </si>
   <si>
     <t>29527</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29527/1882-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29527/1882-2020.pdf</t>
   </si>
   <si>
     <t>JUSTIFICATIVA DE FALTA DADA EM SESSÃO ORDINÁRIA DE 1º DE DEZEMBRO DE 2020.</t>
   </si>
   <si>
     <t>29528</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29528/1883-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29528/1883-2020.pdf</t>
   </si>
   <si>
     <t>PRORROGAÇÃO DE PRAZO DA COMISSÃO ESPECIAL DE INQUÉRITO PARA APURAR DENÚNCIA DE POSSÍVEL ESQUEMA DE VENDA DE ATESTADOS MÉDICOS POR FUNCIONÁRIOS LIGADOS À SECRETARIA DE SAÚDE DA PREFEITURA MUNICIPAL DE BIRIGUI.</t>
   </si>
   <si>
     <t>29538</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29538/1901-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29538/1901-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PROJETO DE RESOLUÇÃO Nº 4/2020</t>
   </si>
   <si>
     <t>29539</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29539/1902-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29539/1902-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PL 156/2020</t>
   </si>
   <si>
     <t>29540</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29540/1903-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29540/1903-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PL 157/2020</t>
   </si>
   <si>
     <t>29541</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29541/1904-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29541/1904-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PL 158/2020</t>
   </si>
   <si>
     <t>29542</t>
   </si>
   <si>
     <t>Aladim José Martins</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29542/1905-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29542/1905-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PL 159/2020</t>
   </si>
   <si>
     <t>29543</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29543/1906-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29543/1906-2020.pdf</t>
   </si>
   <si>
     <t>URGÊNCIA ESPECIAL PARA O PLC 15/2020</t>
   </si>
   <si>
     <t>29546</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29546/1909-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29546/1909-2020.pdf</t>
   </si>
   <si>
     <t>ADIAMENTO, POR 2 SESSÕES, DA DISCUSSÃO E VOTAÇÃO DO PL 154/2020</t>
   </si>
   <si>
     <t>28729</t>
   </si>
   <si>
     <t>SUBS</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28729/2.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28729/2.pdf</t>
   </si>
   <si>
     <t>SUBSITITUTIVO AO PL 53/2020</t>
   </si>
   <si>
     <t>28730</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28730/1.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28730/1.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PL 54/2020</t>
   </si>
   <si>
     <t>29024</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29024/1029-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29024/1029-2020.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PL 76/2020</t>
   </si>
   <si>
     <t>29115</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29115/1172-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29115/1172-2020.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PROJETO DE LEI Nº 91/2020 - DISPÕE SOBRE ALTERAÇÃO DO ART. 48 E INSERÇÃO DE INCISO III AO § 1º DO ART. 54 DA LEI Nº 5.989, DE 9 DE MARÇO DE 2015.</t>
   </si>
   <si>
     <t>29130</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29130/1261-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29130/1261-2020.pdf</t>
   </si>
   <si>
     <t>SUBSTITUTIVO AO PL 95/2020 - AUTORIZA A SUSPENSÃO DO REPASSE DE VALORES AO INSTITUTO DE PREVIDÊNCIA DE BIRIGUI - BIRIGUIPREV, NOS TERMOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>29273</t>
   </si>
   <si>
     <t>JUCOM</t>
   </si>
   <si>
     <t>Julgamento de Comissão</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29273/relatorio_cp.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29273/relatorio_cp.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO FINAL DA COMISSÃO PROCESSANTE 01/2020</t>
   </si>
   <si>
     <t>29537</t>
   </si>
   <si>
     <t>JUREF</t>
   </si>
   <si>
     <t>Julgamento de Relatório Final</t>
   </si>
   <si>
     <t>CP - COMISSÃO PROCESSANTE - FALTA DE DECORO PARLAMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29537/1898-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29537/1898-2020.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO FINAL DA COMISSÃO PROCESSANTE 3/2020 - CONSTITUÍDA ATRAVÉS DO ATO Nº 18/2020 (REQ. 187/2020 - PROC 11/2020)</t>
   </si>
   <si>
     <t>29555</t>
   </si>
   <si>
-    <t>https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29555/1952-2020.pdf</t>
+    <t>http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29555/1952-2020.pdf</t>
   </si>
   <si>
     <t>RELATÓRIO FINAL DA COMISSÃO PROCESSANTE 2/2020 - CONSTITUÍDA ATRAVÉS DO ATO Nº 17/2020 (REQ. 186/2020 - PROC 105/2020)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -11403,68 +11403,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29188/1349-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28375/54-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28606/442-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28895/863-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28996/1001-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29113/1149-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29328/1558-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29329/1559-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28383/70-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28401/96-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28402/97-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28403/98-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28404/99-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28405/100-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28406/101-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28422/146-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28423/147-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28424/148-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28425/149-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28426/150-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28427/151-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28451/179-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28452/180-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28453/181-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28454/182-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28455/184-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28456/185-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28457/186-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28458/187-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28459/188-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28460/189-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28461/190-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28462/191-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28463/192-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28464/193-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28465/194-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28466/196-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28467/197-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28468/198-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28469/199-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28470/200-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28471/201-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28472/202-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28473/203-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28476/235-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28477/236-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28526/304-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28527/305-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28528/306-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28561/350-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28579/390-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28583/394-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28595/431-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28596/432-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28597/433-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28598/434-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28599/435-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28600/436-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28601/437-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28602/438-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28623/466-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28624/467-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28625/468-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28664/536-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28665/537-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28666/538-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28667/539-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28668/540-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28669/541-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28721/615-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28808/728-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28809/729-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28820/762-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28821/763-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28822/764-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28823/765-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28824/766-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28825/767-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28826/768-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28827/769-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28828/770-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28829/771-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28830/772-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28831/773-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28832/774-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28833/775-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28834/776-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28835/777-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28842/784-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28843/785-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28844/786-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28864/824-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28873/834-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28874/836-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28877/845-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28878/846-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28879/847-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28880/848-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28881/849-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28882/850-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28883/851-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28884/852-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28885/853-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28886/854-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28887/855-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28903/872-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28905/874-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28906/875-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28907/876-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28908/877-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28916/885-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28933/903-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28934/904-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28935/905-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28936/906-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28938/908-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28939/909-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28940/910-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28941/911-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28942/912-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28960/939-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28961/940-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28978/981-2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28979/982-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28980/983-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28981/984-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28982/985-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28983/986-2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28986/989-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28993/996-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29031/1038-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29032/1039-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29033/1040-2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29034/1041-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29035/1042-2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29036/1043-2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29037/1044-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29038/1045-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29039/1046-2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29040/1047-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29066/1082-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29067/1083-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29068/1084-2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29069/1085-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29070/1086-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29071/1087-2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29072/1088-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29073/1089-2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29074/1090-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29082/1105-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29111/1146-2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29112/1147-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29114/1151-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29116/1173-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29117/1174-2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29118/1175-2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29119/1176-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29125/1191-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29134/1275-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29135/1276-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29136/1277-2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29137/1278-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29138/1280-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29139/1281-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29140/1282-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29144/1294-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29145/1295-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29146/1297-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29147/1298-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29148/1299-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29149/1300-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29150/1301-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29151/1302-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29152/1303-2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29153/1304-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29155/1306-2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29156/1307-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29157/1308-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29158/1309-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29161/1314-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29169/1325-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29185/1346-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29194/1358-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29195/1359-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29211/1376-2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29212/1377-2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29223/1391-2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29225/1393-2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29226/1394-2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29227/1395-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29229/1397-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29230/1398-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29240/1409-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29245/1415-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29264/1444-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29265/1445-2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29266/1449-2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29267/1450-2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29268/1451-2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29269/1452-2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29270/1455-2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29271/1454-2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29272/1453-2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29282/1474-2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29289/1505-2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29306/1529-2020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29307/1530-2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29308/1531-2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29310/1538-2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29311/1539-2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29312/1540-2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29340/1578-2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29341/1579-2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29342/1580-2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29343/1581-2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29344/1582-2020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29345/1583-2020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29355/1601-2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29373/1635-2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29394/1662-2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29395/1663-2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29396/1664-2020.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29397/1665-2020.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29398/1666-2020.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29399/1667-2020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29400/1668-2020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29401/1669-2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29403/1671-2020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29404/1672-2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29410/1687-2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29423/1713-2020.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29427/1723-2020.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29432/1728-2020.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29433/1729-2020.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29434/1730-2020.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29448/1746-2020.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29457/1758-2020.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29458/1759-2020.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29459/1762-2020.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29469/1787-2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29475/1811-2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29491/1838-2020.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28524/296-2020.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28567/356-2020.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28568/357-2020.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28574/369-2020.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28585/400-2020.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28660/526-2020.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28736/mensagem_aditiva_ao_plc_8-2020.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28802/oficio_214-2020_-_mensagem_aditiva_projeto_59-2020.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28999/1004-2020.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29131/1267-2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29476/1812-2020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29478/1816-2020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28354/17-2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28359/25-2020.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28360/26-2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28361/27-2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28362/31-2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28363/32-2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28366/38-2020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28474/233-2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28475/234-2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28580/391-2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28582/393-2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28617/457-2020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28620/463-2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28621/464-2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28622/465-2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28637/499-2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28970/968-2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28974/977-2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28984/987-2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28998/1003-2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29018/1023-2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29030/1037-2020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29044/1051-2020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29045/1052-2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29056/1064-2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29083/1107-2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29090/1114-2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29091/1115-2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29121/mocao_11.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29122/mocao_2.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29126/1242-2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29159/1310-2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29170/1326-2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29171/1327-2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29172/1328-2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29182/1340-2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29184/1342.2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29220/1388-2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29221/1389-2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29222/1390-2020_com_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29251/1429-2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29287/1488-2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29288/1489-2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29402/1670-2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29407/1679-2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29408/1680-2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29424/1714-2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29451/1750-2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29472/1797-2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29473/1799-2020.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29481/1822-2020.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29501/1851-2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29532/1889-2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29534/1894-2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29547/1910-2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29548/1911-2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29549/1912-2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29550/1913-2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29551/1914-2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29552/1915-2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29553/1916-2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29554/1917-2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28393/87-2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28394/88-2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28395/89-2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28396/90-2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28397/91-2020.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28398/92-2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28399/93-2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28400/94-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28410/130-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28412/132-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28478/237-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28479/238-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28480/239-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28481/240-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28482/241-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28483/242-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28532/310-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28533/311-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28534/312-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28535/313-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28536/314-2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28576/374-2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28575/373-2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28584/395-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28951/924-2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28385/77-2019.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28386/78-2019.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28387/79-2019.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28388/80-2019.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28389/81-2019.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28390/82-2019.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28391/83-2019.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28415/139-2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28413/134-2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28429/153-2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28430/154-2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28431/155-2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28432/156-2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28433/157-2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28434/158-2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28484/245-2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28485/246-2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28492/255-2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28490/250-2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28486/247-2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28487/248-2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28488/249-2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28538/321-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28539/322-2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28540/323-2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28603/439-2020.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28604/440-2020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28605/441-2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28627/486-2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28628/487-2020.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28629/488-2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28630/489-2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28631/490-2020.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28675/560-2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28676/561-2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28677/562-2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28678/563-2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28683/569-2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28684/570-2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28685/571-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28686/572-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28731/parecer_44-2023032020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28732/parecer_45-2023032020.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28733/parecer_46-2023032020.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28734/parecer_47-2023032020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28735/parecer_48-2023032020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28738/parecer_pl_49-2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28739/parecer_pl_50-2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28740/parecer_pl_51-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28741/parecer_pl_52-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28742/parecer_pl_53-2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28743/parecer_pl_54-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28744/parecer_pl_55-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28745/parecer_pl_56-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28746/projeto_de_lei_05_2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28747/projeto_de_lei_06_2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28748/projeto_de_lei_15_2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28749/projeto_de_lei_40_2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28803/parecer_juridico_ao_pl_63_2020_1.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28805/parecer_juridico_ao_pl_58_2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28804/parecer_juridico_ao_pl_59_2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28806/parecer_juridico_ao_pl_61_2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28807/725-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28836/parecer_juridico_ao_pl_44_2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28837/parecer_juridico_ao_pl_45_2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28838/parecer_juridico_ao_pl_47_2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28839/parecer_juridico_ao_pl_64_2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28840/parecer_juridico_ao_plc_11_2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28860/813-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28888/parecer_72.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28889/parecer_73.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28890/parecer_74.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28891/parecer_75.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28922/892-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28945/918-2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28946/919-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28947/920-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28988/991-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28989/992-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28990/993-2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28991/994-2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28992/995-2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29046/1053-2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29057/1065-2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29095/1119-2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29096/1120-2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29097/1121-2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29098/1122-2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29163/1318.2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29164/1319.2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29196/1360-2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29197/1361-2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29198/1362-2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29214/1381-2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29215/1382-2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29216/1383-2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29217/1384-2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29249/1427-2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29250/1428-2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29274/1462-2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29275/1463-2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29291/1513-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29314/1542-2020.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29315/1543-2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29349/1595-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29350/1596-2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29351/1597-2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29352/1598-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29353/1599-2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29354/1600-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29375/1640-2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29376/1641-2020.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29377/1642-2020.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29378/1643-2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29406/1678-2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29452/1751-2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29460/1769-2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29479/1817-2020.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29484/1825-2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29485/1826-2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29508/1860-2020.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29509/1861-2020.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29510/1862-2020.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29511/1863-2020.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29512/1864-2020.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28438/162-2020.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28439/163-2020.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28440/164-2020.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28441/165-2020.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28442/166-2020.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28443/167-2020.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28444/168-2020.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28445/169-2020.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28446/170-2020.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28447/171-2020.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28448/172-2020.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28449/173-2020.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28495/259-2020.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28496/260-2020.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28497/261-2020.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28498/262-2020.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28499/263-2020.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28500/264-2020.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28501/265-2020.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28502/266-2020.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28503/267-2020.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28504/268-2020.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28505/269-2020.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28506/270-2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28507/271-2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28508/272-2020.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28512/278-2020.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28513/279-2020.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28514/280-2020.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28545/330-2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28546/331-2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28547/332-2020.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28548/333-2020.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28549/334-2020.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28550/335-2020.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28551/336-2020.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28552/337-2020.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28553/338-2020.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28554/339-2020.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28555/340-2020.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28556/341-2020.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28557/342-2020.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28558/343-2020.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28559/344-2020.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28560/345-2020.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28607/443-2020.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28608/444-220.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28609/445-2020.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28610/446-2020.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28611/447-2020.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28612/448-2020.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28643/506-2020.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28644/507-2020.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28645/508-2020.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28646/509-2020.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28647/510-2020.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28648/511-2020.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28649/512-2020.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28650/513-2020.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28651/514-2020.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28652/515-2020.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28653/516-2020.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28706/594-2020.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28707/595-2020.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28760/parco_81_pl_5.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28761/parco_82_pl_6.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28762/parco_83_pl_6.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28763/parco_84_pl_15.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28764/parco_85_pl_15.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28765/parco_86_pl_33.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28766/parco_87_pl_33.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28767/parco_88_pl_37.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28768/parco_89_pl_37.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28769/parco_90_pl_40.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28770/parco_91_pl_40.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28771/parco_92_pl_46.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28772/parco_93_pl_46.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28773/parco_94_pl_48.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28774/parco_95_pl_48.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28775/parco_96_pl_49.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28776/parco_97_pl_49.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28777/parco_98_pl_50.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28778/parco_99_pl_50.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28779/parco_100_pl_51.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28780/parco_101_pl_51.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28781/parco_102_pl_52.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28782/parco_103_pl_52.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28783/parco_104_pl_53.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28784/parco_105_pl_53.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28785/parco_106_pl_54.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28786/parco_107_pl_54.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28787/parco_108_pl_55.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28788/parco_109_pl_55.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28789/parco_110_pl_56.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28790/parco_111_pl_56.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28791/parco_112_plc_8.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28811/746-2020.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28812/749-2020.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28813/750-2020.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28814/751-2020.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28815/752-2020.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28816/753-2020.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28817/754-2020.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28818/755-2020.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28848/796-2020.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28849/797-2020.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28850/798-2020.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28851/799-2020.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28852/800-2020.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28853/801-2020.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28854/802-2020.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28855/803-2020.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28868/829-2020.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28869/830-2020.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28870/831-2020.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28871/832-2020.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28897/865-2020.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28898/866-2020.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28899/867-2020.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28900/868-2020.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28901/869-2020.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28902/870-2020.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28909/878-2020.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28910/879-2020.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28917/886-2020.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28918/887-2020.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28927/897-2020.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28928/898-2020.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28929/899-2020.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28930/900-2020.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28952/928-2020.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28953/929-2020.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28954/930-2020.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28955/931-2020.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28956/932-2020.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28957/933-2020.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29000/1005-2020.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29001/1006-2020.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29002/1007-2020.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29003/1008-2020.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29004/1009-2020.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29005/1010-2020.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29006/1011-2020.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29007/1012-2020.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29008/1013-2020.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29009/1014-2020.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29011/1016-2020.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29012/1017-2020.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29013/1018-2020.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29014/1019-2020.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29015/1020-2020.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29016/1021-2020.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29048/1056-2020.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29049/1057-2020.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29050/1058-2020.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29051/1059-2020.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29052/1060-2020.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29053/1061-2020.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29054/1062-2020.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29055/1063-2020.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29076/1092-2020.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29077/1093-2020.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29078/1094-2020.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29079/1095-2020.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29080/1096-2020.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29103/1134-2020.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29104/1135-2020.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29105/1136-2020.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29106/1137-2020.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29107/1138-2020.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29108/1139-2020.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29109/1140-2020.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29110/1141-2020.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29173/1331-2020.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29174/1332-2020.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29175/1333-2020.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29176/1334-2020.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29177/1335-2020.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29178/1336-2020.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29179/1337-2020.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29180/1338-2020.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29200/1365-2020.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29201/1366-2020.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29202/1367-2020.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29203/1368-2020.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29204/1369-2020.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29205/1370-2020.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29206/1371-2020.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29207/1372-2020.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29231/1399-2020.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29232/1400-2020.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29233/1401-2020.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29234/1402-2020.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29235/1403-2020.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29236/1404-2020.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29237/1405-2020.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29238/1406-2020.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29256/1436-2020.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29257/1437-2020.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29258/1438-2020.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29259/1439-2020.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29260/1440-2020.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29261/1441-2020.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29262/1442-2020.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29263/1443-2020.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29277/1468-2020.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29278/1469-2020.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29279/1470-2020.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29280/1471-2020.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29281/1472-2020.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29295/1518-2020.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29296/1519-2020.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29297/1520-2020.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29298/1521-2020.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29299/1522-2020.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29300/1523-2020.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29322/1552-2020.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29323/1553-2020.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29324/1554-2020.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29325/1555-2020.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29357/1607-2020.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29358/1608-2020.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29359/1609-2020.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29361/1611-2020.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29362/1612-2020.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29363/1613-2020.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29364/1614-2020.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29365/1615-2020.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29366/1616-2020.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29367/1617-2020.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29368/1618-2020.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29369/1619-2020.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29370/1620-2020.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29380/1648-2020.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29381/1649-2020.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29382/1650-2020.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29383/1651-2020.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29385/1653-2020.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29386/1654-2020.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29387/1655-2020.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29388/1656-2020.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29389/1657-2020.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29390/1658-2020.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29391/1659-2020.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29392/1660-2020.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29393/1661-2020.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29411/1690-2020.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29412/1691-2020.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29413/1692-2020.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29414/1693-2020.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29415/1694-2020.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29416/1695-2020.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29435/1731-2020.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29436/1732-2020.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29437/1733-2020.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29438/1734-2020.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29439/1735-2020.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29440/1736-2020.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29441/1737-2020.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29442/1738-2020.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29443/1739-2020.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29444/1740-2020.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29455/1755-2020.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29456/1756-2020.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29464/1780-2020.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29465/1781-2020.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29492/1839-2020.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29493/1840-2020.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29494/1841-2020.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29495/1842-2020.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29496/1843-2020.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29497/1844-2020.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29515/1867-2020.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29516/1868-2020.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29517/1869-2020.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29518/1870-2020.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29519/1871-2020.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29521/1872-2020.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29522/1874-2020.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29523/1875-2020.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29544/1907-2020.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29545/1908-2020.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28381/66-2020.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28510/274-2020.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28578/389-2020.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28920/889-2020.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28968/948-2020.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29133/1274-2020.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29208/1373-2020.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29347/1593-2020.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29417/1697-2020.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29428/1724-2020.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29480/1818-2020.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28355/18-2020.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28518/289-2020.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28537/plc3-2020.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28618/458-2020.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28657/523-2020.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28661/529-2020.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28662/532-2020.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28713/605-2020.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28716/610-2020.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28800/oficio_no_197-2020_projeto_de_lei_compl_10-2020.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28819/oficio_218_2.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28863/823-2020.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29088/1112-2020.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29294/1516-2020.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29536/1896-2020.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28353/15-2020.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28356/19-2020.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28357/20-2020.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28358/21-2020.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28364/33-2020.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28365/34-2020.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28367/39-2020.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28368/40-2020.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28369/41-2020.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28370/42-2020.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28371/43-2020.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28372/45-2020.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28373/52-2020.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28374/53-2020.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28376/56-2020.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28377/57-2020.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28378/58-2020.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28379/64-2020.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28380/65-2020.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28392/85-2020.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28408/105-2020.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28409/107-2020.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28509/273-2020.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28522/293-2020.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28523/294-2020.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28525/299-2020.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28564/353-2020.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28565/354-2020.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28566/355-2020.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28577/386-2020.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28581/392-2020.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28590/423-2020.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28615/451-2020.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28616/455-2020.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28619/459-2020.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28626/469-2020.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28654/520-2020.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28655/521-2020.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28656/522-2020.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28658/524-2020.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28659/525-2020.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28663/533-2020.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28680/566-2020.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28710/601-2020.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28711/602-2020.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28712/604-2020.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28714/607-2020.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28715/608-2020.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28717/611-2020.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28718/612-2020.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28719/613-2020.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28720/614-2020.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28722/617-2020.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28723/618-2020.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28724/619-2020.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28725/620-2020.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28727/623-2020.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28737/oficio_182_20_2.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28750/649-2020.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28751/650-2020.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28752/652-2020.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28797/oficio_191_-_pl_62_1.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28798/63_20_-_oficio_183.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28799/64_20_-_oficio_194.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28801/projeto_de_lei_65-2020.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28846/793-2020.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28859/oficio_2411.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28875/837-2020.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28876/841-2020.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28892/860-2020.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28893/861-2020.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28932/902-2020.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28943/914-2020.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28963/943-2020.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28964/944-2020.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28966/946-2020.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28967/947-2020.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28969/967-2020.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28971/969-2020.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28972/975-2020.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28973/976-2020.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29017/1022-2020.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29021/1026-2020.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29022/1027-2020.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29023/1028-2020.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29058/1066-2020.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29081/1102-2020.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29084/1108-2020.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29085/1109-2020.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29086/1110-2020.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29089/1113-2020.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29099/1128-2020.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29100/1129-2020.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29123/1188-2020.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29124/1189-2020.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29127/1255-2020.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29128/1257-2020.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29129/1259-2020.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29132/1273-2020.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29141/1286-2020.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29142/1287-2020.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29143/1292-2020.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29154/1305-2020.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29160/1313-2020.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29162/1317.2020.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29167/1323-2020.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29168/1324-2020.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29183/1341-2020.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29186/1347-2020.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29187/1348-2020.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29191/1353-2020.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29192/1354-2020.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29193/1355-2020.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29218/1386-2020.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29228/1396-2020.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29239/1408-2020.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29241/1410-2020.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29242/1412-2020.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29243/1413.2020.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29246/1420-2020.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29247/1421-2020.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29248/1424-2020.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29253/1431-2020.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29254/1432-2020.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29276/1464-2020.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29309/1534-2020.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29318/1548-2020.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29319/1549-2020_completo.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29320/1550-2020.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29321/1551-2020.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29335/1569-2020.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29336/1570-2020.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29337/1572-2020_loa.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29338/1576-2020.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29339/1577-2020.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29346/1586-2020.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29348/1594-2020.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29371/1624-2020.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29372/1634-2020.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29405/1675-2020.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29418/1699-2020.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29419/1700-2020.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29420/1701-2020.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29450/1748-2020.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29453/1752-2020.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29463/1778-2020.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29470/1788-2020.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29471/1793-2020.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29477/1815-2020.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29483/1824-2020.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29490/1835-2020.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29502/1854-2020.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29503/1855-2020.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29505/1857-2020.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29506/1858-2020.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29529/1884-2020.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29530/1885-2020.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29533/1893-2020.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29535/1895-2020.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28904/873-2020.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29504/1856-2020.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29507/1859-2020.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29531/1886-2020.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28382/67-2020.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28384/75-2019.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28407/102-2020.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28414/136-2020.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28416/140-2020.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28417/141-2020.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28418/142-2020.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28419/143-2020.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28420/144-2020.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28421/145-2020.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28428/152-2020.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28435/159-2020.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28436/160-2020.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28437/161-2020.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28450/174-2020.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28491/251-2020.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28493/256-2020.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28494/257-2020.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28511/277-2020.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28515/281-2020.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28516/282-2020.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28517/283-2020.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28519/290-2020.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28520/291-2020.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28521/292-2020.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28529/307-2020.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28530/308-2020.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28531/309-2020.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28541/326-2020.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28542/327-2020.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28543/328-2020.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28544/329-2020.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28562/351-2020.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28563/352-2020.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28569/358-2020.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28570/359-2020.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28571/360-2020.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28572/367-2020.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28573/368-2020.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28586/419-2020.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28587/420-2020.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28588/421-2020.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28589/422-2020.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28591/426-2020.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28592/427-2020.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28593/428-2020.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28594/429-2020.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28613/449-2020.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28614/450-2020.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28632/494-2020.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28633/495-2020.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28634/496-2020.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28635/497-2020.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28636/498-2020.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28638/500-2020.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28639/501-2020.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28640/502-2020.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28641/504-2020.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28642/505-2020.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28670/542-2020.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28671/545-2020.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28672/548-2020.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28673/555-2020.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28674/557-2020.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28679/564-2020.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28681/567-2020.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28682/568-2020.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28687/573-2020.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28688/576-2020.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28708/596-2020.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28709/597-2020.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28726/621-2020.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28728/624-2020.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28753/653-2020.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28754/655-2020.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28757/658-2020.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28793/694-2020.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28794/695-2020.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28795/696-2020.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28810/743-2020.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28845/792-2020.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28847/795-2020.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28861/817-2020.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28862/818-2020.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28865/826-2020.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28866/827-2020.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28867/828-2020.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28872/833-2020.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28894/862-2020.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28896/864-2020.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28911/880-2020.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28912/881-2020.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28913/882-2020.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28914/883-2020.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28915/884-2020.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28919/888-2020.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28921/891-2020.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28923/893-2020.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28924/894-2020.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28925/895-2020.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28926/896-2020.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28931/901-2020.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28944/917-2020.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28948/921-2020.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28949/922-2020.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28950/923-2020.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28958/937-2020.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28959/938-2020.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28962/942-2020.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28965/945-2020.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28975/978-2020.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28976/979-2020.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28977/980-2020.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28985/988-2020.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28987/990-2020.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28994/997-2020.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28995/998-2020.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28997/1002-2020.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29019/1024-2020.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29020/1025-2020.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29025/1032-2020.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29026/1033-2020.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29027/1034-2020.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29028/1035-2020.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29029/1036-2020.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29041/1048-2020.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29042/1049-2020.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29043/1050-2020.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29047/1055-2020.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29059/1067-2020_com_fotos.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29060/1068-2020.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29061/1069-2020.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29062/1070-2020.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29063/1071-2020.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29064/1072-2020.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29065/1081-2020.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29075/1091-2020.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29087/1111-2020.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29092/1116-2020.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29093/1117-2020.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29094/1118-2020.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29120/1177-2020.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29165/1320.2020.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29166/1321.2020.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29181/1339-2020.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29189/1351-2020.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29190/1352-2020.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29199/1364-2020.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29209/1374-2020.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29210/1375-2020.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29213/1380-2020.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29219/1387-2020.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29244/1414-2020.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29252/1430-2020.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29255/1434-2020.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29283/1475-2020.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29284/1478-2020.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29285/1480-2020.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29286/1481-2020.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29290/1508-2020.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29292/1514-2020.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29293/1515-2020.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29301/1524-2020.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29302/1525-2020.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29303/1526-2020.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29304/1527-2020.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29305/1528-2020.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29313/1541-2020.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29316/1544-2020.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29317/1545-2020.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29326/1556-2020.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29327/1557-2020.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29330/1560-2020.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29331/1563-2020.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29332/1564-2020.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29333/1565-2020.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29334/1566-2020.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29356/1605-2020_corrigido.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29360/1610-2020.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29374/1636-2020.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29379/1647-2020.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29384/1652-2020.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29409/1681-2020.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29421/1705-2020.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29422/1710-2020.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29425/1716-2020.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29426/1717-2020.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29429/1725-2020.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29430/1726-2020.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29431/1727-2020.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29445/1741-2020.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29447/1745-2020.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29449/1747-2020.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29454/1754-2020.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29461/1772-2020.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29462/1773-2020.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29466/1784-2020.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29467/1785-2020.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29468/1786-2020.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29474/1800-2020.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29482/1823-2020.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29486/1827-2020.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29487/1831-2020.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29488/1833-2020.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29489/1834-2020.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29498/1847-2020.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29499/1848-2020.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29500/1849-2020.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29513/1865-2020.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29514/1866-2020.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29526/1881-2020.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29527/1882-2020.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29528/1883-2020.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29538/1901-2020.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29539/1902-2020.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29540/1903-2020.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29541/1904-2020.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29542/1905-2020.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29543/1906-2020.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29546/1909-2020.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28729/2.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28730/1.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29024/1029-2020.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29115/1172-2020.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29130/1261-2020.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29273/relatorio_cp.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29537/1898-2020.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29555/1952-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29188/1349-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28375/54-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28606/442-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28895/863-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28996/1001-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29113/1149-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29328/1558-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29329/1559-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28383/70-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28401/96-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28402/97-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28403/98-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28404/99-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28405/100-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28406/101-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28422/146-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28423/147-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28424/148-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28425/149-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28426/150-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28427/151-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28451/179-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28452/180-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28453/181-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28454/182-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28455/184-2020.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28456/185-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28457/186-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28458/187-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28459/188-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28460/189-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28461/190-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28462/191-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28463/192-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28464/193-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28465/194-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28466/196-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28467/197-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28468/198-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28469/199-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28470/200-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28471/201-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28472/202-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28473/203-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28476/235-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28477/236-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28526/304-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28527/305-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28528/306-2020.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28561/350-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28579/390-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28583/394-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28595/431-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28596/432-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28597/433-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28598/434-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28599/435-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28600/436-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28601/437-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28602/438-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28623/466-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28624/467-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28625/468-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28664/536-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28665/537-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28666/538-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28667/539-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28668/540-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28669/541-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28721/615-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28808/728-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28809/729-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28820/762-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28821/763-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28822/764-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28823/765-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28824/766-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28825/767-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28826/768-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28827/769-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28828/770-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28829/771-2020.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28830/772-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28831/773-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28832/774-2020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28833/775-2020.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28834/776-2020.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28835/777-2020.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28842/784-2020.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28843/785-2020.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28844/786-2020.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28864/824-2020.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28873/834-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28874/836-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28877/845-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28878/846-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28879/847-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28880/848-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28881/849-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28882/850-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28883/851-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28884/852-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28885/853-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28886/854-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28887/855-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28903/872-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28905/874-2020.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28906/875-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28907/876-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28908/877-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28916/885-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28933/903-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28934/904-2020.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28935/905-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28936/906-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28938/908-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28939/909-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28940/910-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28941/911-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28942/912-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28960/939-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28961/940-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28978/981-2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28979/982-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28980/983-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28981/984-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28982/985-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28983/986-2020.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28986/989-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28993/996-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29031/1038-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29032/1039-2020.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29033/1040-2020.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29034/1041-2020.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29035/1042-2020.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29036/1043-2020.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29037/1044-2020.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29038/1045-2020.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29039/1046-2020.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29040/1047-2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29066/1082-2020.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29067/1083-2020.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29068/1084-2020.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29069/1085-2020.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29070/1086-2020.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29071/1087-2020.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29072/1088-2020.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29073/1089-2020.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29074/1090-2020.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29082/1105-2020.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29111/1146-2020.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29112/1147-2020.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29114/1151-2020.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29116/1173-2020.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29117/1174-2020.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29118/1175-2020.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29119/1176-2020.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29125/1191-2020.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29134/1275-2020.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29135/1276-2020.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29136/1277-2020.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29137/1278-2020.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29138/1280-2020.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29139/1281-2020.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29140/1282-2020.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29144/1294-2020.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29145/1295-2020.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29146/1297-2020.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29147/1298-2020.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29148/1299-2020.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29149/1300-2020.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29150/1301-2020.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29151/1302-2020.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29152/1303-2020.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29153/1304-2020.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29155/1306-2020.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29156/1307-2020.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29157/1308-2020.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29158/1309-2020.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29161/1314-2020.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29169/1325-2020.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29185/1346-2020.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29194/1358-2020.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29195/1359-2020.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29211/1376-2020.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29212/1377-2020.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29223/1391-2020.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29225/1393-2020.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29226/1394-2020.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29227/1395-2020.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29229/1397-2020.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29230/1398-2020.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29240/1409-2020.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29245/1415-2020.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29264/1444-2020.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29265/1445-2020.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29266/1449-2020.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29267/1450-2020.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29268/1451-2020.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29269/1452-2020.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29270/1455-2020.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29271/1454-2020.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29272/1453-2020.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29282/1474-2020.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29289/1505-2020.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29306/1529-2020.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29307/1530-2020.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29308/1531-2020.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29310/1538-2020.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29311/1539-2020.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29312/1540-2020.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29340/1578-2020.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29341/1579-2020.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29342/1580-2020.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29343/1581-2020.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29344/1582-2020.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29345/1583-2020.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29355/1601-2020.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29373/1635-2020.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29394/1662-2020.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29395/1663-2020.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29396/1664-2020.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29397/1665-2020.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29398/1666-2020.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29399/1667-2020.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29400/1668-2020.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29401/1669-2020.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29403/1671-2020.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29404/1672-2020.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29410/1687-2020.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29423/1713-2020.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29427/1723-2020.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29432/1728-2020.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29433/1729-2020.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29434/1730-2020.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29448/1746-2020.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29457/1758-2020.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29458/1759-2020.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29459/1762-2020.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29469/1787-2020.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29475/1811-2020.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29491/1838-2020.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28524/296-2020.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28567/356-2020.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28568/357-2020.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28574/369-2020.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28585/400-2020.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28660/526-2020.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28736/mensagem_aditiva_ao_plc_8-2020.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28802/oficio_214-2020_-_mensagem_aditiva_projeto_59-2020.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28999/1004-2020.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29131/1267-2020.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29476/1812-2020.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29478/1816-2020.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28354/17-2020.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28359/25-2020.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28360/26-2020.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28361/27-2020.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28362/31-2020.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28363/32-2020.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28366/38-2020.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28474/233-2020.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28475/234-2020.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28580/391-2020.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28582/393-2020.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28617/457-2020.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28620/463-2020.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28621/464-2020.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28622/465-2020.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28637/499-2020.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28970/968-2020.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28974/977-2020.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28984/987-2020.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28998/1003-2020.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29018/1023-2020.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29030/1037-2020.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29044/1051-2020.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29045/1052-2020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29056/1064-2020.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29083/1107-2020.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29090/1114-2020.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29091/1115-2020.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29121/mocao_11.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29122/mocao_2.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29126/1242-2020.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29159/1310-2020.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29170/1326-2020.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29171/1327-2020.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29172/1328-2020.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29182/1340-2020.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29184/1342.2020.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29220/1388-2020.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29221/1389-2020.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29222/1390-2020_com_assinaturas.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29251/1429-2020.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29287/1488-2020.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29288/1489-2020.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29402/1670-2020.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29407/1679-2020.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29408/1680-2020.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29424/1714-2020.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29451/1750-2020.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29472/1797-2020.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29473/1799-2020.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29481/1822-2020.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29501/1851-2020.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29532/1889-2020.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29534/1894-2020.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29547/1910-2020.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29548/1911-2020.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29549/1912-2020.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29550/1913-2020.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29551/1914-2020.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29552/1915-2020.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29553/1916-2020.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29554/1917-2020.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28393/87-2020.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28394/88-2020.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28395/89-2020.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28396/90-2020.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28397/91-2020.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28398/92-2020.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28399/93-2020.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28400/94-2020.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28410/130-2020.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28412/132-2020.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28478/237-2020.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28479/238-2020.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28480/239-2020.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28481/240-2020.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28482/241-2020.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28483/242-2020.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28532/310-2020.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28533/311-2020.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28534/312-2020.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28535/313-2020.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28536/314-2020.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28576/374-2020.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28575/373-2020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28584/395-2020.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28951/924-2020.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28385/77-2019.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28386/78-2019.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28387/79-2019.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28388/80-2019.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28389/81-2019.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28390/82-2019.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28391/83-2019.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28415/139-2020.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28413/134-2020.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28429/153-2020.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28430/154-2020.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28431/155-2020.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28432/156-2020.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28433/157-2020.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28434/158-2020.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28484/245-2020.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28485/246-2020.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28492/255-2020.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28490/250-2020.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28486/247-2020.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28487/248-2020.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28488/249-2020.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28538/321-2020.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28539/322-2020.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28540/323-2020.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28603/439-2020.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28604/440-2020.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28605/441-2020.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28627/486-2020.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28628/487-2020.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28629/488-2020.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28630/489-2020.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28631/490-2020.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28675/560-2020.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28676/561-2020.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28677/562-2020.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28678/563-2020.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28683/569-2020.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28684/570-2020.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28685/571-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28686/572-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28731/parecer_44-2023032020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28732/parecer_45-2023032020.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28733/parecer_46-2023032020.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28734/parecer_47-2023032020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28735/parecer_48-2023032020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28738/parecer_pl_49-2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28739/parecer_pl_50-2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28740/parecer_pl_51-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28741/parecer_pl_52-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28742/parecer_pl_53-2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28743/parecer_pl_54-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28744/parecer_pl_55-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28745/parecer_pl_56-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28746/projeto_de_lei_05_2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28747/projeto_de_lei_06_2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28748/projeto_de_lei_15_2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28749/projeto_de_lei_40_2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28803/parecer_juridico_ao_pl_63_2020_1.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28805/parecer_juridico_ao_pl_58_2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28804/parecer_juridico_ao_pl_59_2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28806/parecer_juridico_ao_pl_61_2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28807/725-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28836/parecer_juridico_ao_pl_44_2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28837/parecer_juridico_ao_pl_45_2020.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28838/parecer_juridico_ao_pl_47_2020.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28839/parecer_juridico_ao_pl_64_2020.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28840/parecer_juridico_ao_plc_11_2020.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28860/813-2020.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28888/parecer_72.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28889/parecer_73.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28890/parecer_74.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28891/parecer_75.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28922/892-2020.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28945/918-2020.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28946/919-2020.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28947/920-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28988/991-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28989/992-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28990/993-2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28991/994-2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28992/995-2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29046/1053-2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29057/1065-2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29095/1119-2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29096/1120-2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29097/1121-2020.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29098/1122-2020.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29163/1318.2020.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29164/1319.2020.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29196/1360-2020.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29197/1361-2020.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29198/1362-2020.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29214/1381-2020.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29215/1382-2020.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29216/1383-2020.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29217/1384-2020.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29249/1427-2020.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29250/1428-2020.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29274/1462-2020.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29275/1463-2020.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29291/1513-2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29314/1542-2020.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29315/1543-2020.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29349/1595-2020.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29350/1596-2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29351/1597-2020.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29352/1598-2020.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29353/1599-2020.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29354/1600-2020.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29375/1640-2020.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29376/1641-2020.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29377/1642-2020.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29378/1643-2020.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29406/1678-2020.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29452/1751-2020.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29460/1769-2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29479/1817-2020.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29484/1825-2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29485/1826-2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29508/1860-2020.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29509/1861-2020.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29510/1862-2020.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29511/1863-2020.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29512/1864-2020.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28438/162-2020.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28439/163-2020.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28440/164-2020.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28441/165-2020.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28442/166-2020.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28443/167-2020.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28444/168-2020.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28445/169-2020.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28446/170-2020.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28447/171-2020.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28448/172-2020.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28449/173-2020.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28495/259-2020.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28496/260-2020.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28497/261-2020.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28498/262-2020.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28499/263-2020.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28500/264-2020.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28501/265-2020.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28502/266-2020.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28503/267-2020.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28504/268-2020.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28505/269-2020.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28506/270-2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28507/271-2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28508/272-2020.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28512/278-2020.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28513/279-2020.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28514/280-2020.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28545/330-2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28546/331-2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28547/332-2020.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28548/333-2020.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28549/334-2020.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28550/335-2020.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28551/336-2020.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28552/337-2020.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28553/338-2020.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28554/339-2020.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28555/340-2020.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28556/341-2020.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28557/342-2020.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28558/343-2020.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28559/344-2020.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28560/345-2020.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28607/443-2020.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28608/444-220.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28609/445-2020.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28610/446-2020.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28611/447-2020.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28612/448-2020.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28643/506-2020.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28644/507-2020.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28645/508-2020.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28646/509-2020.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28647/510-2020.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28648/511-2020.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28649/512-2020.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28650/513-2020.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28651/514-2020.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28652/515-2020.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28653/516-2020.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28706/594-2020.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28707/595-2020.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28760/parco_81_pl_5.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28761/parco_82_pl_6.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28762/parco_83_pl_6.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28763/parco_84_pl_15.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28764/parco_85_pl_15.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28765/parco_86_pl_33.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28766/parco_87_pl_33.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28767/parco_88_pl_37.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28768/parco_89_pl_37.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28769/parco_90_pl_40.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28770/parco_91_pl_40.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28771/parco_92_pl_46.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28772/parco_93_pl_46.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28773/parco_94_pl_48.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28774/parco_95_pl_48.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28775/parco_96_pl_49.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28776/parco_97_pl_49.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28777/parco_98_pl_50.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28778/parco_99_pl_50.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28779/parco_100_pl_51.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28780/parco_101_pl_51.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28781/parco_102_pl_52.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28782/parco_103_pl_52.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28783/parco_104_pl_53.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28784/parco_105_pl_53.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28785/parco_106_pl_54.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28786/parco_107_pl_54.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28787/parco_108_pl_55.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28788/parco_109_pl_55.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28789/parco_110_pl_56.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28790/parco_111_pl_56.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28791/parco_112_plc_8.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28811/746-2020.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28812/749-2020.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28813/750-2020.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28814/751-2020.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28815/752-2020.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28816/753-2020.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28817/754-2020.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28818/755-2020.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28848/796-2020.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28849/797-2020.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28850/798-2020.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28851/799-2020.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28852/800-2020.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28853/801-2020.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28854/802-2020.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28855/803-2020.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28868/829-2020.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28869/830-2020.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28870/831-2020.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28871/832-2020.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28897/865-2020.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28898/866-2020.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28899/867-2020.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28900/868-2020.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28901/869-2020.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28902/870-2020.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28909/878-2020.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28910/879-2020.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28917/886-2020.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28918/887-2020.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28927/897-2020.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28928/898-2020.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28929/899-2020.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28930/900-2020.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28952/928-2020.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28953/929-2020.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28954/930-2020.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28955/931-2020.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28956/932-2020.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28957/933-2020.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29000/1005-2020.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29001/1006-2020.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29002/1007-2020.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29003/1008-2020.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29004/1009-2020.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29005/1010-2020.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29006/1011-2020.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29007/1012-2020.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29008/1013-2020.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29009/1014-2020.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29011/1016-2020.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29012/1017-2020.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29013/1018-2020.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29014/1019-2020.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29015/1020-2020.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29016/1021-2020.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29048/1056-2020.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29049/1057-2020.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29050/1058-2020.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29051/1059-2020.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29052/1060-2020.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29053/1061-2020.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29054/1062-2020.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29055/1063-2020.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29076/1092-2020.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29077/1093-2020.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29078/1094-2020.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29079/1095-2020.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29080/1096-2020.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29103/1134-2020.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29104/1135-2020.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29105/1136-2020.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29106/1137-2020.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29107/1138-2020.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29108/1139-2020.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29109/1140-2020.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29110/1141-2020.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29173/1331-2020.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29174/1332-2020.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29175/1333-2020.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29176/1334-2020.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29177/1335-2020.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29178/1336-2020.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29179/1337-2020.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29180/1338-2020.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29200/1365-2020.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29201/1366-2020.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29202/1367-2020.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29203/1368-2020.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29204/1369-2020.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29205/1370-2020.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29206/1371-2020.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29207/1372-2020.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29231/1399-2020.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29232/1400-2020.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29233/1401-2020.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29234/1402-2020.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29235/1403-2020.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29236/1404-2020.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29237/1405-2020.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29238/1406-2020.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29256/1436-2020.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29257/1437-2020.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29258/1438-2020.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29259/1439-2020.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29260/1440-2020.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29261/1441-2020.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29262/1442-2020.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29263/1443-2020.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29277/1468-2020.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29278/1469-2020.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29279/1470-2020.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29280/1471-2020.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29281/1472-2020.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29295/1518-2020.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29296/1519-2020.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29297/1520-2020.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29298/1521-2020.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29299/1522-2020.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29300/1523-2020.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29322/1552-2020.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29323/1553-2020.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29324/1554-2020.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29325/1555-2020.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29357/1607-2020.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29358/1608-2020.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29359/1609-2020.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29361/1611-2020.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29362/1612-2020.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29363/1613-2020.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29364/1614-2020.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29365/1615-2020.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29366/1616-2020.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29367/1617-2020.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29368/1618-2020.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29369/1619-2020.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29370/1620-2020.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29380/1648-2020.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29381/1649-2020.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29382/1650-2020.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29383/1651-2020.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29385/1653-2020.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29386/1654-2020.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29387/1655-2020.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29388/1656-2020.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29389/1657-2020.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29390/1658-2020.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29391/1659-2020.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29392/1660-2020.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29393/1661-2020.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29411/1690-2020.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29412/1691-2020.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29413/1692-2020.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29414/1693-2020.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29415/1694-2020.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29416/1695-2020.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29435/1731-2020.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29436/1732-2020.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29437/1733-2020.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29438/1734-2020.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29439/1735-2020.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29440/1736-2020.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29441/1737-2020.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29442/1738-2020.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29443/1739-2020.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29444/1740-2020.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29455/1755-2020.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29456/1756-2020.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29464/1780-2020.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29465/1781-2020.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29492/1839-2020.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29493/1840-2020.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29494/1841-2020.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29495/1842-2020.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29496/1843-2020.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29497/1844-2020.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29515/1867-2020.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29516/1868-2020.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29517/1869-2020.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29518/1870-2020.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29519/1871-2020.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29521/1872-2020.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29522/1874-2020.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29523/1875-2020.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29544/1907-2020.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29545/1908-2020.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28381/66-2020.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28510/274-2020.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28578/389-2020.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28920/889-2020.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28968/948-2020.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29133/1274-2020.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29208/1373-2020.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29347/1593-2020.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29417/1697-2020.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29428/1724-2020.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29480/1818-2020.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28355/18-2020.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28518/289-2020.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28537/plc3-2020.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28618/458-2020.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28657/523-2020.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28661/529-2020.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28662/532-2020.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28713/605-2020.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28716/610-2020.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28800/oficio_no_197-2020_projeto_de_lei_compl_10-2020.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28819/oficio_218_2.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28863/823-2020.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29088/1112-2020.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29294/1516-2020.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29536/1896-2020.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28353/15-2020.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28356/19-2020.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28357/20-2020.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28358/21-2020.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28364/33-2020.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28365/34-2020.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28367/39-2020.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28368/40-2020.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28369/41-2020.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28370/42-2020.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28371/43-2020.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28372/45-2020.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28373/52-2020.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28374/53-2020.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28376/56-2020.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28377/57-2020.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28378/58-2020.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28379/64-2020.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28380/65-2020.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28392/85-2020.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28408/105-2020.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28409/107-2020.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28509/273-2020.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28522/293-2020.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28523/294-2020.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28525/299-2020.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28564/353-2020.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28565/354-2020.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28566/355-2020.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28577/386-2020.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28581/392-2020.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28590/423-2020.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28615/451-2020.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28616/455-2020.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28619/459-2020.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28626/469-2020.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28654/520-2020.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28655/521-2020.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28656/522-2020.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28658/524-2020.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28659/525-2020.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28663/533-2020.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28680/566-2020.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28710/601-2020.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28711/602-2020.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28712/604-2020.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28714/607-2020.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28715/608-2020.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28717/611-2020.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28718/612-2020.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28719/613-2020.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28720/614-2020.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28722/617-2020.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28723/618-2020.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28724/619-2020.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28725/620-2020.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28727/623-2020.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28737/oficio_182_20_2.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28750/649-2020.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28751/650-2020.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28752/652-2020.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28797/oficio_191_-_pl_62_1.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28798/63_20_-_oficio_183.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28799/64_20_-_oficio_194.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28801/projeto_de_lei_65-2020.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28846/793-2020.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28859/oficio_2411.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28875/837-2020.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28876/841-2020.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28892/860-2020.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28893/861-2020.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28932/902-2020.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28943/914-2020.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28963/943-2020.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28964/944-2020.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28966/946-2020.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28967/947-2020.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28969/967-2020.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28971/969-2020.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28972/975-2020.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28973/976-2020.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29017/1022-2020.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29021/1026-2020.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29022/1027-2020.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29023/1028-2020.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29058/1066-2020.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29081/1102-2020.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29084/1108-2020.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29085/1109-2020.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29086/1110-2020.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29089/1113-2020.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29099/1128-2020.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29100/1129-2020.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29123/1188-2020.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29124/1189-2020.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29127/1255-2020.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29128/1257-2020.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29129/1259-2020.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29132/1273-2020.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29141/1286-2020.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29142/1287-2020.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29143/1292-2020.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29154/1305-2020.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29160/1313-2020.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29162/1317.2020.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29167/1323-2020.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29168/1324-2020.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29183/1341-2020.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29186/1347-2020.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29187/1348-2020.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29191/1353-2020.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29192/1354-2020.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29193/1355-2020.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29218/1386-2020.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29228/1396-2020.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29239/1408-2020.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29241/1410-2020.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29242/1412-2020.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29243/1413.2020.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29246/1420-2020.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29247/1421-2020.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29248/1424-2020.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29253/1431-2020.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29254/1432-2020.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29276/1464-2020.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29309/1534-2020.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29318/1548-2020.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29319/1549-2020_completo.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29320/1550-2020.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29321/1551-2020.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29335/1569-2020.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29336/1570-2020.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29337/1572-2020_loa.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29338/1576-2020.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29339/1577-2020.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29346/1586-2020.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29348/1594-2020.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29371/1624-2020.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29372/1634-2020.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29405/1675-2020.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29418/1699-2020.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29419/1700-2020.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29420/1701-2020.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29450/1748-2020.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29453/1752-2020.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29463/1778-2020.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29470/1788-2020.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29471/1793-2020.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29477/1815-2020.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29483/1824-2020.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29490/1835-2020.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29502/1854-2020.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29503/1855-2020.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29505/1857-2020.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29506/1858-2020.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29529/1884-2020.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29530/1885-2020.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29533/1893-2020.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29535/1895-2020.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28904/873-2020.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29504/1856-2020.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29507/1859-2020.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29531/1886-2020.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28382/67-2020.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28384/75-2019.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28407/102-2020.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28414/136-2020.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28416/140-2020.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28417/141-2020.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28418/142-2020.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28419/143-2020.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28420/144-2020.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28421/145-2020.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28428/152-2020.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28435/159-2020.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28436/160-2020.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28437/161-2020.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28450/174-2020.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28491/251-2020.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28493/256-2020.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28494/257-2020.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28511/277-2020.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28515/281-2020.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28516/282-2020.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28517/283-2020.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28519/290-2020.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28520/291-2020.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28521/292-2020.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28529/307-2020.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28530/308-2020.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28531/309-2020.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28541/326-2020.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28542/327-2020.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28543/328-2020.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28544/329-2020.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28562/351-2020.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28563/352-2020.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28569/358-2020.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28570/359-2020.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28571/360-2020.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28572/367-2020.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28573/368-2020.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28586/419-2020.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28587/420-2020.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28588/421-2020.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28589/422-2020.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28591/426-2020.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28592/427-2020.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28593/428-2020.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28594/429-2020.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28613/449-2020.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28614/450-2020.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28632/494-2020.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28633/495-2020.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28634/496-2020.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28635/497-2020.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28636/498-2020.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28638/500-2020.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28639/501-2020.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28640/502-2020.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28641/504-2020.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28642/505-2020.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28670/542-2020.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28671/545-2020.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28672/548-2020.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28673/555-2020.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28674/557-2020.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28679/564-2020.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28681/567-2020.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28682/568-2020.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28687/573-2020.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28688/576-2020.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28708/596-2020.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28709/597-2020.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28726/621-2020.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28728/624-2020.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28753/653-2020.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28754/655-2020.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28757/658-2020.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28793/694-2020.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28794/695-2020.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28795/696-2020.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28810/743-2020.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28845/792-2020.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28847/795-2020.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28861/817-2020.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28862/818-2020.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28865/826-2020.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28866/827-2020.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28867/828-2020.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28872/833-2020.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28894/862-2020.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28896/864-2020.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28911/880-2020.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28912/881-2020.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28913/882-2020.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28914/883-2020.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28915/884-2020.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28919/888-2020.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28921/891-2020.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28923/893-2020.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28924/894-2020.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28925/895-2020.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28926/896-2020.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28931/901-2020.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28944/917-2020.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28948/921-2020.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28949/922-2020.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28950/923-2020.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28958/937-2020.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28959/938-2020.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28962/942-2020.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28965/945-2020.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28975/978-2020.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28976/979-2020.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28977/980-2020.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28985/988-2020.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28987/990-2020.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28994/997-2020.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28995/998-2020.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28997/1002-2020.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29019/1024-2020.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29020/1025-2020.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29025/1032-2020.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29026/1033-2020.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29027/1034-2020.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29028/1035-2020.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29029/1036-2020.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29041/1048-2020.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29042/1049-2020.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29043/1050-2020.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29047/1055-2020.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29059/1067-2020_com_fotos.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29060/1068-2020.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29061/1069-2020.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29062/1070-2020.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29063/1071-2020.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29064/1072-2020.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29065/1081-2020.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29075/1091-2020.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29087/1111-2020.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29092/1116-2020.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29093/1117-2020.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29094/1118-2020.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29120/1177-2020.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29165/1320.2020.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29166/1321.2020.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29181/1339-2020.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29189/1351-2020.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29190/1352-2020.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29199/1364-2020.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29209/1374-2020.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29210/1375-2020.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29213/1380-2020.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29219/1387-2020.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29244/1414-2020.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29252/1430-2020.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29255/1434-2020.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29283/1475-2020.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29284/1478-2020.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29285/1480-2020.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29286/1481-2020.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29290/1508-2020.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29292/1514-2020.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29293/1515-2020.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29301/1524-2020.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29302/1525-2020.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29303/1526-2020.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29304/1527-2020.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29305/1528-2020.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29313/1541-2020.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29316/1544-2020.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29317/1545-2020.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29326/1556-2020.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29327/1557-2020.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29330/1560-2020.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29331/1563-2020.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29332/1564-2020.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29333/1565-2020.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29334/1566-2020.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29356/1605-2020_corrigido.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29360/1610-2020.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29374/1636-2020.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29379/1647-2020.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29384/1652-2020.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29409/1681-2020.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29421/1705-2020.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29422/1710-2020.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29425/1716-2020.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29426/1717-2020.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29429/1725-2020.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29430/1726-2020.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29431/1727-2020.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29445/1741-2020.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29447/1745-2020.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29449/1747-2020.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29454/1754-2020.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29461/1772-2020.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29462/1773-2020.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29466/1784-2020.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29467/1785-2020.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29468/1786-2020.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29474/1800-2020.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29482/1823-2020.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29486/1827-2020.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29487/1831-2020.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29488/1833-2020.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29489/1834-2020.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29498/1847-2020.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29499/1848-2020.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29500/1849-2020.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29513/1865-2020.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29514/1866-2020.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29526/1881-2020.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29527/1882-2020.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29528/1883-2020.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29538/1901-2020.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29539/1902-2020.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29540/1903-2020.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29541/1904-2020.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29542/1905-2020.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29543/1906-2020.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29546/1909-2020.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28729/2.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/28730/1.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29024/1029-2020.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29115/1172-2020.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29130/1261-2020.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29273/relatorio_cp.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29537/1898-2020.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.birigui.sp.leg.br/media/sapl/public/materialegislativa/2020/29555/1952-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="43.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="99" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>